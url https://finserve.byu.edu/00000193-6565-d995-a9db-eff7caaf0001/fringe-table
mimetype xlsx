--- v0 (2026-01-27)
+++ v1 (2026-03-03)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://api.box.com/wopi/files/1284227267056/WOPIServiceId_TP_BOX_2/WOPIUserId_-/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="67" documentId="13_ncr:1_{14E09D41-80C7-47D5-AFE6-D1A62BDB88CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD20AF2F-DA07-49D6-809B-FD1CACDEEF64}"/>
+  <xr:revisionPtr revIDLastSave="69" documentId="13_ncr:1_{14E09D41-80C7-47D5-AFE6-D1A62BDB88CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7E0C0F0A-0FFE-4E75-81D6-1D8E1A4EF24B}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BEN2026" sheetId="24" r:id="rId1"/>
     <sheet name="BEN2025" sheetId="22" r:id="rId2"/>
     <sheet name="BEN2024" sheetId="21" r:id="rId3"/>
     <sheet name="BEN2023" sheetId="20" r:id="rId4"/>
     <sheet name="BEN2022" sheetId="19" r:id="rId5"/>
     <sheet name="BEN2021" sheetId="18" r:id="rId6"/>
     <sheet name="BEN2020" sheetId="17" r:id="rId7"/>
     <sheet name="BEN2019" sheetId="16" r:id="rId8"/>
     <sheet name="BEN2018" sheetId="15" r:id="rId9"/>
     <sheet name="FRGTBL2017" sheetId="14" r:id="rId10"/>
     <sheet name="FRGTBL2016" sheetId="13" r:id="rId11"/>
     <sheet name="FRGTBL2015" sheetId="12" r:id="rId12"/>
     <sheet name="FRGTBL2014" sheetId="11" r:id="rId13"/>
     <sheet name="FRGTBL2013" sheetId="10" r:id="rId14"/>
     <sheet name="FRGTBL2012" sheetId="4" r:id="rId15"/>
     <sheet name="FRGTBL2011" sheetId="5" r:id="rId16"/>
     <sheet name="FRGTBL2010" sheetId="6" r:id="rId17"/>
     <sheet name="FRGTBL2009" sheetId="7" r:id="rId18"/>
     <sheet name="FRGTBL2008" sheetId="8" r:id="rId19"/>
     <sheet name="FRGTBL2007" sheetId="9" r:id="rId20"/>
     <sheet name="FRGTBL2005" sheetId="2" r:id="rId21"/>
@@ -122,347 +122,104 @@
     <definedName name="_xlnm.Print_Area" localSheetId="9">FRGTBL2017!$A$1:$U$58</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="21">FRGTBL96!$A$1:$AD$53</definedName>
     <definedName name="Print_Area_MI" localSheetId="8">'BEN2018'!$A$1:$AR$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="7">'BEN2019'!$A$1:$AS$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="6">'BEN2020'!$A$1:$AS$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="5">'BEN2021'!$A$1:$AS$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="4">'BEN2022'!$A$1:$AE$58</definedName>
     <definedName name="Print_Area_MI" localSheetId="3">'BEN2023'!$A$1:$AA$50</definedName>
     <definedName name="Print_Area_MI" localSheetId="2">'BEN2024'!$A$1:$AB$50</definedName>
     <definedName name="Print_Area_MI" localSheetId="1">'BEN2025'!$A$1:$AB$32</definedName>
     <definedName name="Print_Area_MI" localSheetId="0">'BEN2026'!$A$1:$AC$32</definedName>
     <definedName name="Print_Area_MI" localSheetId="20">FRGTBL2005!$A$1:$AH$51</definedName>
     <definedName name="Print_Area_MI" localSheetId="19">FRGTBL2007!$A$1:$AE$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="18">FRGTBL2008!$A$1:$AH$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="17">FRGTBL2009!$A$1:$AI$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="16">FRGTBL2010!$A$1:$AJ$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="15">FRGTBL2011!$A$1:$AK$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="14">FRGTBL2012!$A$1:$AL$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="13">FRGTBL2013!$A$1:$AM$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="12">FRGTBL2014!$A$1:$AN$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="11">FRGTBL2015!$A$1:$AO$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="10">FRGTBL2016!$A$1:$AP$57</definedName>
     <definedName name="Print_Area_MI" localSheetId="9">FRGTBL2017!$A$1:$AQ$58</definedName>
     <definedName name="Print_Area_MI">FRGTBL96!$A$1:$AD$53</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...1 lines deleted...]
-    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1220" uniqueCount="173">
-[...236 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1220" uniqueCount="175">
   <si>
     <t>NEW</t>
-  </si>
-[...1 lines deleted...]
-    <t>Only</t>
   </si>
   <si>
     <t>OBJECT</t>
   </si>
   <si>
     <t>1983-</t>
   </si>
   <si>
     <t>1984-</t>
   </si>
   <si>
     <t>1985-</t>
   </si>
   <si>
     <t>1986-</t>
   </si>
   <si>
     <t>1987-</t>
   </si>
   <si>
     <t>1988-</t>
   </si>
   <si>
     <t>1989-</t>
   </si>
   <si>
     <t>1990-</t>
   </si>
   <si>
     <t>1991-</t>
   </si>
   <si>
-    <t>After</t>
+    <t>1992-</t>
   </si>
   <si>
     <t>1993-</t>
   </si>
   <si>
     <t>1994-</t>
   </si>
   <si>
     <t>1995-</t>
   </si>
   <si>
     <t>1996-</t>
   </si>
   <si>
     <t>CODES</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>1986</t>
   </si>
@@ -524,53 +281,50 @@
     <t>226</t>
   </si>
   <si>
     <t>226X</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>227X</t>
   </si>
   <si>
     <t>228X</t>
   </si>
   <si>
     <t>229X</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>222X</t>
-  </si>
-[...1 lines deleted...]
-    <t>Faculty, Supplemental</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>224X</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>225X</t>
   </si>
   <si>
     <t>23XX</t>
   </si>
   <si>
     <t>27X</t>
   </si>
   <si>
     <t>27XX</t>
   </si>
   <si>
     <t>288</t>
   </si>
@@ -663,59 +417,308 @@
   </si>
   <si>
     <t>26X</t>
   </si>
   <si>
     <t>26XX</t>
   </si>
   <si>
     <t>(Except</t>
   </si>
   <si>
     <t>269X &amp;</t>
   </si>
   <si>
     <t>259X)</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>9900</t>
   </si>
   <si>
     <t>689X</t>
   </si>
+  <si>
+    <t>1997-</t>
+  </si>
+  <si>
+    <t>500X</t>
+  </si>
+  <si>
+    <t>Account</t>
+  </si>
+  <si>
+    <t>Codes</t>
+  </si>
+  <si>
+    <t>510X</t>
+  </si>
+  <si>
+    <t>520X</t>
+  </si>
+  <si>
+    <t>526X</t>
+  </si>
+  <si>
+    <t>528X</t>
+  </si>
+  <si>
+    <t>515X</t>
+  </si>
+  <si>
+    <t>503X</t>
+  </si>
+  <si>
+    <t>506X</t>
+  </si>
+  <si>
+    <t>509X</t>
+  </si>
+  <si>
+    <t>516X</t>
+  </si>
+  <si>
+    <t>517X</t>
+  </si>
+  <si>
+    <t>522X</t>
+  </si>
+  <si>
+    <t>524X</t>
+  </si>
+  <si>
+    <t>53XX</t>
+  </si>
+  <si>
+    <t>547X</t>
+  </si>
+  <si>
+    <t>57XX</t>
+  </si>
+  <si>
+    <t>518X</t>
+  </si>
+  <si>
+    <t>573X</t>
+  </si>
+  <si>
+    <t>575X</t>
+  </si>
+  <si>
+    <t>899X</t>
+  </si>
+  <si>
+    <t>Resrch</t>
+  </si>
+  <si>
+    <t>Only</t>
+  </si>
+  <si>
+    <t>Except</t>
+  </si>
+  <si>
+    <t>After</t>
+  </si>
+  <si>
+    <t>UNIVERSITY &amp; RESEARCH FRINGE BENEFITS AND FACILITIES &amp; ADMIN RATES BY OBJECT CODE / ACCOUNT</t>
+  </si>
+  <si>
+    <t>1998-</t>
+  </si>
+  <si>
+    <t>54XX</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Administrative</t>
+  </si>
+  <si>
+    <t>Faculty</t>
+  </si>
+  <si>
+    <t>Professorships</t>
+  </si>
+  <si>
+    <t>Faculty, Visiting, Foreign and Post Docs</t>
+  </si>
+  <si>
+    <t>Faculty, Supplemental</t>
+  </si>
+  <si>
+    <t>Faculty &amp; Staff, Part-time with retirement</t>
+  </si>
+  <si>
+    <t>Staff</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admin and Staff overtime, Faculty </t>
+  </si>
+  <si>
+    <t>Spring and summer without benefits</t>
+  </si>
+  <si>
+    <t>Faculty part-time without benefits</t>
+  </si>
+  <si>
+    <t>Continuing education, and other part-</t>
+  </si>
+  <si>
+    <t>time employees without benefits</t>
+  </si>
+  <si>
+    <t>including students not enrolled in classes</t>
+  </si>
+  <si>
+    <t>Students enrolled in classes</t>
+  </si>
+  <si>
+    <t>Facilities &amp; Administrative Rate - Off campus</t>
+  </si>
+  <si>
+    <t>Facilities &amp; Administrative Rate - On campus</t>
+  </si>
+  <si>
+    <t>Faculty, Spring/Summer with Benefits</t>
+  </si>
+  <si>
+    <t>Supplemental (overload), Faculty</t>
+  </si>
+  <si>
+    <t>507X</t>
+  </si>
+  <si>
+    <t>55X2</t>
+  </si>
+  <si>
+    <t>577X</t>
+  </si>
+  <si>
+    <t>570X</t>
+  </si>
+  <si>
+    <t>572X</t>
+  </si>
+  <si>
+    <t>574X</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIVERSITY &amp; RESEARCH FRINGE BENEFITS AND FACILITIES &amp; ADMIN RATES BY ACCOUNT CODE </t>
+  </si>
+  <si>
+    <t>578X</t>
+  </si>
+  <si>
+    <t>579X</t>
+  </si>
+  <si>
+    <t>Adjunct Faculty &amp; Part-time Staff</t>
+  </si>
+  <si>
+    <t>with retirement</t>
+  </si>
+  <si>
+    <t>Account Codes</t>
+  </si>
+  <si>
+    <t>Rate established starting in 2022</t>
+  </si>
+  <si>
+    <t>Full-time Faculty teaching Cont Ed classes</t>
+  </si>
+  <si>
+    <t>504X</t>
+  </si>
+  <si>
+    <t>535X</t>
+  </si>
+  <si>
+    <t>56X2</t>
+  </si>
+  <si>
+    <t>Faculty, Administrative, Staff Quasi Employee</t>
+  </si>
+  <si>
+    <t>Faculty Special Awards</t>
+  </si>
+  <si>
+    <t>Faculty Visiting without Health Benefits</t>
+  </si>
+  <si>
+    <t>Admin and Staff Overload</t>
+  </si>
+  <si>
+    <t>Faculty Supplemental</t>
+  </si>
+  <si>
+    <t>Faculty Spring/Summer without benefits</t>
+  </si>
+  <si>
+    <t>Faculty Spring/Summer with Benefits</t>
+  </si>
+  <si>
+    <t>Adjunct Faculty Category 2 with Benefits</t>
+  </si>
+  <si>
+    <t>Non-student, ¾ time (28 hours), with Benefits</t>
+  </si>
+  <si>
+    <t>Student Wages subject to FICA</t>
+  </si>
+  <si>
+    <t>The wage accounts in this section include</t>
+  </si>
+  <si>
+    <t>FICA and retirement benefits:</t>
+  </si>
+  <si>
+    <t>just FICA:</t>
+  </si>
+  <si>
+    <t>Preliminary 2024</t>
+  </si>
+  <si>
+    <t>Preliminary 2025</t>
+  </si>
+  <si>
+    <t>Staff (Exempt)</t>
+  </si>
+  <si>
+    <t>Staff (Non-Exempt)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
@@ -2143,689 +2146,689 @@
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{97CBF4FC-FE8C-450B-8C8C-10A43607BE31}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC34"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="3" width="10" customWidth="1"/>
     <col min="4" max="5" width="10.5703125" customWidth="1"/>
     <col min="6" max="6" width="39.85546875" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" customWidth="1"/>
     <col min="9" max="10" width="7.5703125" customWidth="1"/>
     <col min="11" max="11" width="1.5703125" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="7.5703125" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" customWidth="1"/>
     <col min="16" max="16" width="7.5703125" customWidth="1"/>
     <col min="17" max="17" width="12.140625" customWidth="1"/>
     <col min="18" max="21" width="7.5703125" customWidth="1"/>
     <col min="22" max="22" width="1.5703125" customWidth="1"/>
     <col min="23" max="23" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="24" max="27" width="7.5703125" customWidth="1"/>
     <col min="28" max="28" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:29" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="210"/>
       <c r="H1" s="130"/>
       <c r="I1" s="130"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="G2" s="129"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="180"/>
     </row>
-    <row r="4" spans="1:29" ht="8.25" customHeight="1">
+    <row r="4" spans="1:29" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="176"/>
       <c r="C4" s="176"/>
       <c r="D4" s="176"/>
       <c r="E4" s="176"/>
       <c r="F4" s="176"/>
       <c r="G4" s="180"/>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="200">
         <v>2023</v>
       </c>
       <c r="C5" s="200">
         <v>2024</v>
       </c>
       <c r="D5" s="200">
         <v>2025</v>
       </c>
       <c r="E5" s="200">
         <v>2026</v>
       </c>
       <c r="F5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="G5" s="180"/>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="186">
         <v>0.314</v>
       </c>
       <c r="C6" s="186">
         <v>0.39400000000000002</v>
       </c>
       <c r="D6" s="186">
         <v>0.38800000000000001</v>
       </c>
       <c r="E6" s="186">
         <v>0.36599999999999999</v>
       </c>
       <c r="F6" s="169" t="s">
-        <v>2</v>
+        <v>173</v>
       </c>
       <c r="G6" s="180"/>
       <c r="H6" s="156"/>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="186">
         <v>0.26600000000000001</v>
       </c>
       <c r="C7" s="186">
         <v>0.34899999999999998</v>
       </c>
       <c r="D7" s="186">
         <v>0.314</v>
       </c>
       <c r="E7" s="186">
         <v>0.29599999999999999</v>
       </c>
       <c r="F7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="G7" s="180"/>
       <c r="H7" s="156"/>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="194">
         <v>0.23599999999999999</v>
       </c>
       <c r="C8" s="194">
         <v>0.23</v>
       </c>
       <c r="D8" s="194">
         <v>0.23699999999999999</v>
       </c>
       <c r="E8" s="194">
         <v>0.219</v>
       </c>
       <c r="F8" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="G8" s="180"/>
       <c r="H8" s="156"/>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="187"/>
       <c r="C9" s="187"/>
       <c r="D9" s="187"/>
       <c r="E9" s="187"/>
       <c r="F9" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="G9" s="180"/>
       <c r="H9" s="156"/>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="163"/>
       <c r="C10" s="163"/>
       <c r="D10" s="163"/>
       <c r="E10" s="163"/>
       <c r="F10" s="204" t="s">
-        <v>6</v>
+        <v>169</v>
       </c>
       <c r="G10" s="180"/>
       <c r="H10" s="156"/>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="163"/>
       <c r="C11" s="163"/>
       <c r="D11" s="163"/>
       <c r="E11" s="163"/>
       <c r="F11" s="204" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="G11" s="180"/>
       <c r="H11" s="156"/>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="163"/>
       <c r="C12" s="163"/>
       <c r="D12" s="163"/>
       <c r="E12" s="163"/>
       <c r="F12" s="204" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="G12" s="180"/>
       <c r="H12" s="156"/>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="163"/>
       <c r="C13" s="163"/>
       <c r="D13" s="163"/>
       <c r="E13" s="163"/>
       <c r="F13" s="204" t="s">
-        <v>9</v>
+        <v>159</v>
       </c>
       <c r="G13" s="180"/>
       <c r="H13" s="156"/>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="163"/>
       <c r="C14" s="163"/>
       <c r="D14" s="163"/>
       <c r="E14" s="163"/>
       <c r="F14" s="204" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="G14" s="180"/>
       <c r="H14" s="156"/>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="163"/>
       <c r="C15" s="163"/>
       <c r="D15" s="163"/>
       <c r="E15" s="163"/>
       <c r="F15" s="204" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="G15" s="180"/>
       <c r="H15" s="156"/>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="163"/>
       <c r="C16" s="163"/>
       <c r="D16" s="163"/>
       <c r="E16" s="163"/>
       <c r="F16" s="204" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="G16" s="180"/>
       <c r="H16" s="156"/>
     </row>
-    <row r="17" spans="1:8">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="163"/>
       <c r="C17" s="163"/>
       <c r="D17" s="163"/>
       <c r="E17" s="163"/>
       <c r="F17" s="204" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="G17" s="180"/>
       <c r="H17" s="156"/>
     </row>
-    <row r="18" spans="1:8">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="163"/>
       <c r="C18" s="163"/>
       <c r="D18" s="163"/>
       <c r="E18" s="163"/>
       <c r="F18" s="204" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="G18" s="180"/>
       <c r="H18" s="156"/>
     </row>
-    <row r="19" spans="1:8">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="163"/>
       <c r="C19" s="163"/>
       <c r="D19" s="163"/>
       <c r="E19" s="163"/>
       <c r="F19" s="204" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="G19" s="180"/>
       <c r="H19" s="156"/>
     </row>
-    <row r="20" spans="1:8">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="126">
         <v>0.189</v>
       </c>
       <c r="C20" s="127">
         <v>0.19800000000000001</v>
       </c>
       <c r="D20" s="127">
         <v>0.19700000000000001</v>
       </c>
       <c r="E20" s="127">
         <v>0.19700000000000001</v>
       </c>
       <c r="F20" s="204" t="s">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="G20" s="180"/>
       <c r="H20" s="156"/>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="115">
         <v>0.443</v>
       </c>
       <c r="C21" s="115">
         <v>0.498</v>
       </c>
       <c r="D21" s="115">
         <v>0.51100000000000001</v>
       </c>
       <c r="E21" s="115">
         <v>0.48499999999999999</v>
       </c>
       <c r="F21" s="170" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="G21" s="180"/>
       <c r="H21" s="156"/>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="161"/>
       <c r="C22" s="161"/>
       <c r="D22" s="161"/>
       <c r="E22" s="161"/>
       <c r="F22" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="G22" s="180"/>
       <c r="H22" s="156"/>
     </row>
-    <row r="23" spans="1:8">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="161"/>
       <c r="C23" s="161"/>
       <c r="D23" s="161"/>
       <c r="E23" s="161"/>
       <c r="F23" s="149" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="G23" s="180"/>
       <c r="H23" s="156"/>
     </row>
-    <row r="24" spans="1:8">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A24" s="53"/>
       <c r="B24" s="35"/>
       <c r="D24" s="154"/>
       <c r="E24" s="154"/>
       <c r="F24" s="154" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="G24" s="180"/>
       <c r="H24" s="156"/>
     </row>
-    <row r="25" spans="1:8">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="C25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="E25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F25" s="193" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="G25" s="180"/>
       <c r="H25" s="156"/>
     </row>
-    <row r="26" spans="1:8">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="163"/>
       <c r="C26" s="163"/>
       <c r="D26" s="163"/>
       <c r="E26" s="163"/>
       <c r="F26" s="204" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="G26" s="180"/>
       <c r="H26" s="156"/>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="126">
         <v>0</v>
       </c>
       <c r="C27" s="126">
         <v>0</v>
       </c>
       <c r="D27" s="126">
         <v>0</v>
       </c>
       <c r="E27" s="126">
         <v>0</v>
       </c>
       <c r="F27" s="203" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="G27" s="180"/>
       <c r="H27" s="156"/>
     </row>
-    <row r="28" spans="1:8">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="123"/>
       <c r="C28" s="123"/>
       <c r="D28" s="123"/>
       <c r="E28" s="123"/>
       <c r="F28" s="122"/>
       <c r="G28" s="180"/>
     </row>
-    <row r="29" spans="1:8">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="123"/>
       <c r="C29" s="123"/>
       <c r="D29" s="123"/>
       <c r="E29" s="123"/>
       <c r="F29" s="122"/>
       <c r="G29" s="180"/>
     </row>
-    <row r="30" spans="1:8" ht="12" customHeight="1">
+    <row r="30" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="C30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="D30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="E30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="F30" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="G30" s="180"/>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="125">
         <v>0.26</v>
       </c>
       <c r="C31" s="125">
         <v>0.26</v>
       </c>
       <c r="D31" s="125">
         <v>0.26</v>
       </c>
       <c r="E31" s="125">
         <v>0.26</v>
       </c>
       <c r="F31" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="G31" s="180"/>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A32" s="184"/>
       <c r="B32" s="51"/>
       <c r="C32" s="51"/>
       <c r="D32" s="51"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="185"/>
     </row>
-    <row r="34" ht="16.5" customHeight="1"/>
+    <row r="34" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AQ60"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="14" width="8.140625" hidden="1" customWidth="1"/>
     <col min="15" max="19" width="8.140625" customWidth="1"/>
     <col min="20" max="20" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="2.42578125" customWidth="1"/>
     <col min="22" max="22" width="8.5703125" customWidth="1"/>
     <col min="23" max="24" width="7.5703125" customWidth="1"/>
     <col min="25" max="25" width="1.5703125" customWidth="1"/>
     <col min="26" max="26" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="7.5703125" customWidth="1"/>
     <col min="29" max="29" width="8.5703125" customWidth="1"/>
     <col min="30" max="30" width="7.5703125" customWidth="1"/>
     <col min="31" max="31" width="12.140625" customWidth="1"/>
     <col min="32" max="35" width="7.5703125" customWidth="1"/>
     <col min="36" max="36" width="1.5703125" customWidth="1"/>
     <col min="37" max="37" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="38" max="41" width="7.5703125" customWidth="1"/>
     <col min="42" max="42" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="43" max="43" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:43" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="209"/>
       <c r="U1" s="210"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
       <c r="AQ1" s="130"/>
     </row>
-    <row r="2" spans="1:43">
+    <row r="2" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="U2" s="129"/>
     </row>
-    <row r="3" spans="1:43">
+    <row r="3" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="180"/>
     </row>
-    <row r="4" spans="1:43">
+    <row r="4" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="176"/>
       <c r="U4" s="180"/>
     </row>
-    <row r="5" spans="1:43">
+    <row r="5" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
@@ -2835,58 +2838,58 @@
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="177">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2015</v>
       </c>
       <c r="R5" s="177">
         <v>2016</v>
       </c>
       <c r="S5" s="177">
         <v>2017</v>
       </c>
       <c r="T5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="U5" s="180"/>
     </row>
-    <row r="6" spans="1:43">
+    <row r="6" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
@@ -2896,59 +2899,59 @@
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.35899999999999999</v>
       </c>
       <c r="R6" s="186">
         <v>0.39200000000000002</v>
       </c>
       <c r="S6" s="186">
         <v>0.59599999999999997</v>
       </c>
       <c r="T6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="U6" s="180"/>
       <c r="V6" s="156"/>
     </row>
-    <row r="7" spans="1:43">
+    <row r="7" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
@@ -2958,59 +2961,59 @@
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.32100000000000001</v>
       </c>
       <c r="R7" s="186">
         <v>0.37</v>
       </c>
       <c r="S7" s="186">
         <v>0.55800000000000005</v>
       </c>
       <c r="T7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="U7" s="180"/>
       <c r="V7" s="156"/>
     </row>
-    <row r="8" spans="1:43">
+    <row r="8" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
@@ -3020,134 +3023,134 @@
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.13600000000000001</v>
       </c>
       <c r="R8" s="118">
         <v>0.16300000000000001</v>
       </c>
       <c r="S8" s="118">
         <v>0.33500000000000002</v>
       </c>
       <c r="T8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="U8" s="183"/>
       <c r="V8" s="156"/>
     </row>
-    <row r="9" spans="1:43">
+    <row r="9" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="161"/>
       <c r="T9" s="148"/>
       <c r="U9" s="180"/>
       <c r="V9" s="156"/>
     </row>
-    <row r="10" spans="1:43">
+    <row r="10" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="161"/>
       <c r="T10" s="171"/>
       <c r="U10" s="180"/>
       <c r="V10" s="156"/>
     </row>
-    <row r="11" spans="1:43">
+    <row r="11" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="161"/>
       <c r="I11" s="97"/>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="161"/>
       <c r="M11" s="161"/>
       <c r="N11" s="161"/>
       <c r="O11" s="161"/>
       <c r="P11" s="161"/>
       <c r="Q11" s="161"/>
       <c r="R11" s="161"/>
       <c r="S11" s="161"/>
       <c r="T11" s="171"/>
       <c r="U11" s="180"/>
       <c r="V11" s="156"/>
     </row>
-    <row r="12" spans="1:43">
+    <row r="12" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.115</v>
       </c>
       <c r="F12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H12" s="162">
         <v>0.19</v>
       </c>
       <c r="I12" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -3160,111 +3163,111 @@
       <c r="L12" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M12" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N12" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q12" s="194">
         <v>0.218</v>
       </c>
       <c r="R12" s="194">
         <v>0.21299999999999999</v>
       </c>
       <c r="S12" s="194">
         <v>0.215</v>
       </c>
       <c r="T12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="U12" s="180"/>
       <c r="V12" s="156"/>
     </row>
-    <row r="13" spans="1:43">
+    <row r="13" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="163"/>
       <c r="T13" s="148"/>
       <c r="U13" s="180"/>
       <c r="V13" s="156"/>
     </row>
-    <row r="14" spans="1:43">
+    <row r="14" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="163"/>
       <c r="I14" s="175"/>
       <c r="J14" s="163"/>
       <c r="K14" s="163"/>
       <c r="L14" s="163"/>
       <c r="M14" s="163"/>
       <c r="N14" s="163"/>
       <c r="O14" s="163"/>
       <c r="P14" s="163"/>
       <c r="Q14" s="163"/>
       <c r="R14" s="163"/>
       <c r="S14" s="163"/>
       <c r="T14" s="148"/>
       <c r="U14" s="180"/>
       <c r="V14" s="156"/>
     </row>
-    <row r="15" spans="1:43">
+    <row r="15" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F15" s="113">
         <v>0.223</v>
       </c>
       <c r="G15" s="113">
         <v>0.186</v>
       </c>
       <c r="H15" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I15" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J15" s="126">
         <v>0.161</v>
       </c>
@@ -3274,161 +3277,161 @@
       <c r="L15" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M15" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N15" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O15" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P15" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q15" s="126">
         <v>0.188</v>
       </c>
       <c r="R15" s="126">
         <v>0.253</v>
       </c>
       <c r="S15" s="126">
         <v>0.35199999999999998</v>
       </c>
       <c r="T15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="U15" s="180"/>
       <c r="V15" s="156"/>
     </row>
-    <row r="16" spans="1:43">
+    <row r="16" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="34"/>
       <c r="D16" s="81"/>
       <c r="E16" s="96"/>
       <c r="F16" s="96"/>
       <c r="G16" s="96"/>
       <c r="H16" s="96"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="161"/>
       <c r="T16" s="149"/>
       <c r="U16" s="180"/>
       <c r="V16" s="156"/>
     </row>
-    <row r="17" spans="1:22">
+    <row r="17" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="35"/>
       <c r="D17" s="81"/>
       <c r="E17" s="97"/>
       <c r="F17" s="97"/>
       <c r="G17" s="97"/>
       <c r="H17" s="97"/>
       <c r="I17" s="97"/>
       <c r="J17" s="161"/>
       <c r="K17" s="161"/>
       <c r="L17" s="161"/>
       <c r="M17" s="161"/>
       <c r="N17" s="161"/>
       <c r="O17" s="161"/>
       <c r="P17" s="161"/>
       <c r="Q17" s="161"/>
       <c r="R17" s="161"/>
       <c r="S17" s="161"/>
       <c r="T17" s="149"/>
       <c r="U17" s="180"/>
       <c r="V17" s="156"/>
     </row>
-    <row r="18" spans="1:22">
+    <row r="18" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35"/>
       <c r="T18" s="35"/>
       <c r="U18" s="180"/>
       <c r="V18" s="156"/>
     </row>
-    <row r="19" spans="1:22">
+    <row r="19" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C19" s="188"/>
       <c r="D19" s="189"/>
       <c r="G19" s="154"/>
       <c r="H19" s="35"/>
       <c r="I19" s="154"/>
       <c r="J19" s="35"/>
       <c r="K19" s="35"/>
       <c r="L19" s="35"/>
       <c r="M19" s="35"/>
       <c r="N19" s="35"/>
       <c r="O19" s="35"/>
       <c r="P19" s="35"/>
       <c r="Q19" s="35"/>
       <c r="R19" s="35"/>
       <c r="S19" s="35"/>
       <c r="T19" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="U19" s="180"/>
       <c r="V19" s="156"/>
     </row>
-    <row r="20" spans="1:22">
+    <row r="20" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C20" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D20" s="116">
         <v>0.1389</v>
       </c>
       <c r="E20" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G20" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H20" s="117">
         <v>0.187</v>
       </c>
       <c r="I20" s="117">
         <v>0.19</v>
       </c>
       <c r="J20" s="115">
         <v>0.16800000000000001</v>
       </c>
@@ -3438,59 +3441,59 @@
       <c r="L20" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M20" s="115">
         <v>0.308</v>
       </c>
       <c r="N20" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O20" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q20" s="115">
         <v>0.19700000000000001</v>
       </c>
       <c r="R20" s="115">
         <v>0.16200000000000001</v>
       </c>
       <c r="S20" s="115">
         <v>0.40500000000000003</v>
       </c>
       <c r="T20" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="U20" s="180"/>
       <c r="V20" s="156"/>
     </row>
-    <row r="21" spans="1:22">
+    <row r="21" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C21" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D21" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E21" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F21" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G21" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H21" s="117">
         <v>0.495</v>
       </c>
       <c r="I21" s="117">
         <v>0.43</v>
       </c>
       <c r="J21" s="115">
         <v>0.42</v>
       </c>
@@ -3500,697 +3503,697 @@
       <c r="L21" s="115">
         <v>0.53</v>
       </c>
       <c r="M21" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N21" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O21" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P21" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q21" s="115">
         <v>0.55700000000000005</v>
       </c>
       <c r="R21" s="115">
         <v>0.56599999999999995</v>
       </c>
       <c r="S21" s="115">
         <v>0.79400000000000004</v>
       </c>
       <c r="T21" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="U21" s="180"/>
       <c r="V21" s="156"/>
     </row>
-    <row r="22" spans="1:22">
+    <row r="22" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="164"/>
       <c r="I22" s="157"/>
       <c r="J22" s="187"/>
       <c r="K22" s="187"/>
       <c r="L22" s="187"/>
       <c r="M22" s="187"/>
       <c r="N22" s="187"/>
       <c r="O22" s="187"/>
       <c r="P22" s="187"/>
       <c r="Q22" s="187"/>
       <c r="R22" s="187"/>
       <c r="S22" s="187"/>
       <c r="T22" s="174"/>
       <c r="U22" s="180"/>
       <c r="V22" s="156"/>
     </row>
-    <row r="23" spans="1:22">
+    <row r="23" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="163"/>
       <c r="T23" s="148"/>
       <c r="U23" s="180"/>
       <c r="V23" s="156"/>
     </row>
-    <row r="24" spans="1:22">
+    <row r="24" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="163"/>
       <c r="T24" s="148"/>
       <c r="U24" s="180"/>
       <c r="V24" s="156"/>
     </row>
-    <row r="25" spans="1:22">
+    <row r="25" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="165"/>
       <c r="I25" s="175"/>
       <c r="J25" s="163"/>
       <c r="K25" s="163"/>
       <c r="L25" s="163"/>
       <c r="M25" s="163"/>
       <c r="N25" s="163"/>
       <c r="O25" s="163"/>
       <c r="P25" s="163"/>
       <c r="Q25" s="163"/>
       <c r="R25" s="163"/>
       <c r="S25" s="163"/>
       <c r="T25" s="148"/>
       <c r="U25" s="180"/>
       <c r="V25" s="156"/>
     </row>
-    <row r="26" spans="1:22">
+    <row r="26" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="167"/>
       <c r="T26" s="148"/>
       <c r="U26" s="180"/>
       <c r="V26" s="156"/>
     </row>
-    <row r="27" spans="1:22">
+    <row r="27" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="166"/>
       <c r="I27" s="144"/>
       <c r="J27" s="167"/>
       <c r="K27" s="167"/>
       <c r="L27" s="167"/>
       <c r="M27" s="167"/>
       <c r="N27" s="167"/>
       <c r="O27" s="167"/>
       <c r="P27" s="167"/>
       <c r="Q27" s="167"/>
       <c r="R27" s="167"/>
       <c r="S27" s="167"/>
       <c r="T27" s="148"/>
       <c r="U27" s="180"/>
       <c r="V27" s="156"/>
     </row>
-    <row r="28" spans="1:22">
+    <row r="28" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76">
         <v>5190</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="165"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="163"/>
       <c r="T28" s="148"/>
       <c r="U28" s="180"/>
       <c r="V28" s="156"/>
     </row>
-    <row r="29" spans="1:22">
+    <row r="29" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="163"/>
       <c r="T29" s="148"/>
       <c r="U29" s="180"/>
       <c r="V29" s="156"/>
     </row>
-    <row r="30" spans="1:22">
+    <row r="30" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="163"/>
       <c r="T30" s="148"/>
       <c r="U30" s="180"/>
       <c r="V30" s="156"/>
     </row>
-    <row r="31" spans="1:22">
+    <row r="31" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="163"/>
       <c r="T31" s="148"/>
       <c r="U31" s="180"/>
       <c r="V31" s="156"/>
     </row>
-    <row r="32" spans="1:22">
+    <row r="32" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76">
         <v>5450</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="163"/>
       <c r="T32" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="U32" s="180"/>
       <c r="V32" s="156"/>
     </row>
-    <row r="33" spans="1:22">
+    <row r="33" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="163"/>
       <c r="T33" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="U33" s="180"/>
       <c r="V33" s="156"/>
     </row>
-    <row r="34" spans="1:22">
+    <row r="34" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="163"/>
       <c r="T34" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="U34" s="180"/>
       <c r="V34" s="156"/>
     </row>
-    <row r="35" spans="1:22">
+    <row r="35" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5512</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="163"/>
       <c r="T35" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="U35" s="180"/>
       <c r="V35" s="156"/>
     </row>
-    <row r="36" spans="1:22">
+    <row r="36" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5572</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="163"/>
       <c r="T36" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="U36" s="180"/>
       <c r="V36" s="156"/>
     </row>
-    <row r="37" spans="1:22">
+    <row r="37" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5577</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="163"/>
       <c r="T37" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="U37" s="180"/>
       <c r="V37" s="156"/>
     </row>
-    <row r="38" spans="1:22">
+    <row r="38" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5602</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="163"/>
       <c r="T38" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="U38" s="180"/>
       <c r="V38" s="156"/>
     </row>
-    <row r="39" spans="1:22">
+    <row r="39" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5612</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="163"/>
       <c r="T39" s="148"/>
       <c r="U39" s="180"/>
       <c r="V39" s="156"/>
     </row>
-    <row r="40" spans="1:22">
+    <row r="40" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5672</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="163"/>
       <c r="T40" s="148"/>
       <c r="U40" s="180"/>
       <c r="V40" s="156"/>
     </row>
-    <row r="41" spans="1:22">
+    <row r="41" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76">
         <v>5677</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="163"/>
       <c r="T41" s="148"/>
       <c r="U41" s="180"/>
       <c r="V41" s="156"/>
     </row>
-    <row r="42" spans="1:22">
+    <row r="42" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="163"/>
       <c r="T42" s="148"/>
       <c r="U42" s="180"/>
       <c r="V42" s="156"/>
     </row>
-    <row r="43" spans="1:22">
+    <row r="43" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C43" s="111"/>
       <c r="D43" s="112"/>
       <c r="E43" s="113"/>
       <c r="F43" s="113"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="163"/>
       <c r="T43" s="148"/>
       <c r="U43" s="180"/>
       <c r="V43" s="156"/>
     </row>
-    <row r="44" spans="1:22">
+    <row r="44" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C44" s="190"/>
       <c r="D44" s="191"/>
       <c r="E44" s="192"/>
       <c r="F44" s="192"/>
       <c r="G44" s="113"/>
       <c r="H44" s="163"/>
       <c r="I44" s="175"/>
       <c r="J44" s="163"/>
       <c r="K44" s="163"/>
       <c r="L44" s="163"/>
       <c r="M44" s="163"/>
       <c r="N44" s="163"/>
       <c r="O44" s="163"/>
       <c r="P44" s="163"/>
       <c r="Q44" s="163"/>
       <c r="R44" s="163"/>
       <c r="S44" s="163"/>
       <c r="T44" s="148"/>
       <c r="U44" s="180"/>
       <c r="V44" s="156"/>
     </row>
-    <row r="45" spans="1:22">
+    <row r="45" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="76">
         <v>5760</v>
       </c>
       <c r="C45" s="145"/>
       <c r="D45" s="146"/>
       <c r="E45" s="147"/>
       <c r="F45" s="144"/>
       <c r="G45" s="144"/>
       <c r="H45" s="163"/>
       <c r="I45" s="144"/>
       <c r="J45" s="167"/>
       <c r="K45" s="167"/>
       <c r="L45" s="167"/>
       <c r="M45" s="167"/>
       <c r="N45" s="167"/>
       <c r="O45" s="167"/>
       <c r="P45" s="167"/>
       <c r="Q45" s="167"/>
       <c r="R45" s="167"/>
       <c r="S45" s="167"/>
       <c r="T45" s="35"/>
       <c r="U45" s="180"/>
       <c r="V45" s="156"/>
     </row>
-    <row r="46" spans="1:22">
+    <row r="46" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C46" s="115"/>
       <c r="D46" s="116"/>
       <c r="E46" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F46" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G46" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H46" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I46" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K46" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L46" s="126">
@@ -4199,209 +4202,209 @@
       <c r="M46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R46" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="S46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="T46" s="173"/>
       <c r="U46" s="180"/>
       <c r="V46" s="156"/>
     </row>
-    <row r="47" spans="1:22">
+    <row r="47" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="75">
         <v>5510</v>
       </c>
       <c r="C47" s="32"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="161"/>
       <c r="T47" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="U47" s="180"/>
       <c r="V47" s="156"/>
     </row>
-    <row r="48" spans="1:22">
+    <row r="48" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5570</v>
       </c>
       <c r="C48" s="12"/>
       <c r="D48" s="24"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="161"/>
       <c r="J48" s="161"/>
       <c r="K48" s="161"/>
       <c r="L48" s="161"/>
       <c r="M48" s="161"/>
       <c r="N48" s="161"/>
       <c r="O48" s="161"/>
       <c r="P48" s="161"/>
       <c r="Q48" s="161"/>
       <c r="R48" s="161"/>
       <c r="S48" s="161"/>
       <c r="T48" s="149"/>
       <c r="U48" s="180"/>
       <c r="V48" s="156"/>
     </row>
-    <row r="49" spans="1:22">
+    <row r="49" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5575</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="163"/>
       <c r="T49" s="148"/>
       <c r="U49" s="180"/>
       <c r="V49" s="156"/>
     </row>
-    <row r="50" spans="1:22">
+    <row r="50" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5600</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="163"/>
       <c r="T50" s="148"/>
       <c r="U50" s="180"/>
       <c r="V50" s="156"/>
     </row>
-    <row r="51" spans="1:22">
+    <row r="51" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5610</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="163"/>
       <c r="T51" s="148"/>
       <c r="U51" s="180"/>
       <c r="V51" s="156"/>
     </row>
-    <row r="52" spans="1:22">
+    <row r="52" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="76">
         <v>5670</v>
       </c>
       <c r="C52" s="111"/>
       <c r="D52" s="112"/>
       <c r="E52" s="113"/>
       <c r="F52" s="113"/>
       <c r="G52" s="113"/>
       <c r="H52" s="113"/>
       <c r="I52" s="163"/>
       <c r="J52" s="163"/>
       <c r="K52" s="163"/>
       <c r="L52" s="163"/>
       <c r="M52" s="163"/>
       <c r="N52" s="163"/>
       <c r="O52" s="163"/>
       <c r="P52" s="163"/>
       <c r="Q52" s="163"/>
       <c r="R52" s="163"/>
       <c r="S52" s="163"/>
       <c r="T52" s="148"/>
       <c r="U52" s="180"/>
       <c r="V52" s="156"/>
     </row>
-    <row r="53" spans="1:22">
+    <row r="53" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="73">
         <v>5675</v>
       </c>
       <c r="C53" s="100">
         <v>0</v>
       </c>
       <c r="D53" s="120">
         <v>0</v>
       </c>
       <c r="E53" s="104">
         <v>0</v>
       </c>
       <c r="F53" s="104">
         <v>0</v>
       </c>
       <c r="G53" s="104">
         <v>0</v>
       </c>
       <c r="H53" s="104">
         <v>0</v>
       </c>
       <c r="I53" s="168">
         <v>0</v>
       </c>
@@ -4414,105 +4417,105 @@
       <c r="L53" s="126">
         <v>0</v>
       </c>
       <c r="M53" s="126">
         <v>0</v>
       </c>
       <c r="N53" s="126">
         <v>0</v>
       </c>
       <c r="O53" s="126">
         <v>0</v>
       </c>
       <c r="P53" s="126">
         <v>0</v>
       </c>
       <c r="Q53" s="126">
         <v>0</v>
       </c>
       <c r="R53" s="126">
         <v>0</v>
       </c>
       <c r="S53" s="126">
         <v>0</v>
       </c>
       <c r="T53" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="U53" s="180"/>
       <c r="V53" s="156"/>
     </row>
-    <row r="54" spans="1:22">
+    <row r="54" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="68"/>
       <c r="C54" s="121"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="123"/>
       <c r="T54" s="122"/>
       <c r="U54" s="180"/>
     </row>
-    <row r="55" spans="1:22">
+    <row r="55" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="52"/>
       <c r="C55" s="122"/>
       <c r="D55" s="122"/>
       <c r="E55" s="123"/>
       <c r="F55" s="123"/>
       <c r="G55" s="123"/>
       <c r="H55" s="123"/>
       <c r="I55" s="123"/>
       <c r="J55" s="123"/>
       <c r="K55" s="123"/>
       <c r="L55" s="123"/>
       <c r="M55" s="123"/>
       <c r="N55" s="123"/>
       <c r="O55" s="123"/>
       <c r="P55" s="123"/>
       <c r="Q55" s="123"/>
       <c r="R55" s="123"/>
       <c r="S55" s="123"/>
       <c r="T55" s="122"/>
       <c r="U55" s="180"/>
     </row>
-    <row r="56" spans="1:22" ht="12" customHeight="1">
+    <row r="56" spans="1:22" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C56" s="124">
         <v>0.48</v>
       </c>
       <c r="D56" s="125">
         <v>0.48</v>
       </c>
       <c r="E56" s="125">
         <v>0.48</v>
       </c>
       <c r="F56" s="125">
         <v>0.5</v>
       </c>
       <c r="G56" s="125">
         <v>0.5</v>
       </c>
       <c r="H56" s="125">
         <v>0.5</v>
       </c>
       <c r="I56" s="125">
         <v>0.5</v>
       </c>
       <c r="J56" s="157">
         <v>0.5</v>
       </c>
@@ -4522,55 +4525,55 @@
       <c r="L56" s="157">
         <v>0.5</v>
       </c>
       <c r="M56" s="157">
         <v>0.5</v>
       </c>
       <c r="N56" s="157">
         <v>0.5</v>
       </c>
       <c r="O56" s="157">
         <v>0.5</v>
       </c>
       <c r="P56" s="157">
         <v>0.5</v>
       </c>
       <c r="Q56" s="157">
         <v>0.5</v>
       </c>
       <c r="R56" s="157">
         <v>0.5</v>
       </c>
       <c r="S56" s="157">
         <v>0.5</v>
       </c>
       <c r="T56" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="U56" s="180"/>
     </row>
-    <row r="57" spans="1:22">
+    <row r="57" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A57" s="182"/>
       <c r="B57" s="77"/>
       <c r="C57" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D57" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E57" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F57" s="127">
         <v>0.26</v>
       </c>
       <c r="G57" s="127">
         <v>0.26</v>
       </c>
       <c r="H57" s="127">
         <v>0.26</v>
       </c>
       <c r="I57" s="125">
         <v>0.26</v>
       </c>
       <c r="J57" s="125">
         <v>0.26</v>
@@ -4581,511 +4584,511 @@
       <c r="L57" s="125">
         <v>0.26</v>
       </c>
       <c r="M57" s="125">
         <v>0.26</v>
       </c>
       <c r="N57" s="125">
         <v>0.26</v>
       </c>
       <c r="O57" s="125">
         <v>0.26</v>
       </c>
       <c r="P57" s="125">
         <v>0.26</v>
       </c>
       <c r="Q57" s="125">
         <v>0.26</v>
       </c>
       <c r="R57" s="125">
         <v>0.26</v>
       </c>
       <c r="S57" s="125">
         <v>0.26</v>
       </c>
       <c r="T57" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="U57" s="180"/>
     </row>
-    <row r="58" spans="1:22">
+    <row r="58" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A58" s="184"/>
       <c r="B58" s="51"/>
       <c r="C58" s="51"/>
       <c r="D58" s="51"/>
       <c r="E58" s="51"/>
       <c r="F58" s="51"/>
       <c r="G58" s="51"/>
       <c r="H58" s="51"/>
       <c r="I58" s="51"/>
       <c r="J58" s="51"/>
       <c r="K58" s="51"/>
       <c r="L58" s="51"/>
       <c r="M58" s="51"/>
       <c r="N58" s="51"/>
       <c r="O58" s="51"/>
       <c r="P58" s="51"/>
       <c r="Q58" s="51"/>
       <c r="R58" s="51"/>
       <c r="S58" s="51"/>
       <c r="T58" s="51"/>
       <c r="U58" s="185"/>
     </row>
-    <row r="60" spans="1:22" ht="16.5" customHeight="1"/>
+    <row r="60" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:U1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AP59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="W18" sqref="W18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="13" width="8.140625" hidden="1" customWidth="1"/>
     <col min="14" max="18" width="8.140625" customWidth="1"/>
     <col min="19" max="19" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="2.42578125" customWidth="1"/>
     <col min="21" max="21" width="8.5703125" customWidth="1"/>
     <col min="22" max="23" width="7.5703125" customWidth="1"/>
     <col min="24" max="24" width="1.5703125" customWidth="1"/>
     <col min="25" max="25" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="26" max="27" width="7.5703125" customWidth="1"/>
     <col min="28" max="28" width="8.5703125" customWidth="1"/>
     <col min="29" max="29" width="7.5703125" customWidth="1"/>
     <col min="30" max="30" width="12.140625" customWidth="1"/>
     <col min="31" max="34" width="7.5703125" customWidth="1"/>
     <col min="35" max="35" width="1.5703125" customWidth="1"/>
     <col min="36" max="36" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="37" max="40" width="7.5703125" customWidth="1"/>
     <col min="41" max="41" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:42" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:42" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="210"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
     </row>
-    <row r="2" spans="1:42">
+    <row r="2" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="T2" s="129"/>
     </row>
-    <row r="3" spans="1:42">
+    <row r="3" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="180"/>
     </row>
-    <row r="4" spans="1:42">
+    <row r="4" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="180"/>
     </row>
-    <row r="5" spans="1:42">
+    <row r="5" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="177">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2015</v>
       </c>
       <c r="R5" s="177">
         <v>2016</v>
       </c>
       <c r="S5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="T5" s="180"/>
     </row>
-    <row r="6" spans="1:42">
+    <row r="6" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.35899999999999999</v>
       </c>
       <c r="R6" s="186">
         <v>0.39200000000000002</v>
       </c>
       <c r="S6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="T6" s="180"/>
       <c r="U6" s="156"/>
     </row>
-    <row r="7" spans="1:42">
+    <row r="7" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.32100000000000001</v>
       </c>
       <c r="R7" s="186">
         <v>0.37</v>
       </c>
       <c r="S7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="T7" s="180"/>
       <c r="U7" s="156"/>
     </row>
-    <row r="8" spans="1:42">
+    <row r="8" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.13600000000000001</v>
       </c>
       <c r="R8" s="118">
         <v>0.16300000000000001</v>
       </c>
       <c r="S8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="T8" s="183"/>
       <c r="U8" s="156"/>
     </row>
-    <row r="9" spans="1:42">
+    <row r="9" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="148"/>
       <c r="T9" s="180"/>
       <c r="U9" s="156"/>
     </row>
-    <row r="10" spans="1:42">
+    <row r="10" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="171"/>
       <c r="T10" s="180"/>
       <c r="U10" s="156"/>
     </row>
-    <row r="11" spans="1:42">
+    <row r="11" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -5095,1200 +5098,1200 @@
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q11" s="194">
         <v>0.218</v>
       </c>
       <c r="R11" s="194">
         <v>0.21299999999999999</v>
       </c>
       <c r="S11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="T11" s="180"/>
       <c r="U11" s="156"/>
     </row>
-    <row r="12" spans="1:42">
+    <row r="12" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="163"/>
       <c r="O12" s="163"/>
       <c r="P12" s="163"/>
       <c r="Q12" s="163"/>
       <c r="R12" s="163"/>
       <c r="S12" s="148"/>
       <c r="T12" s="180"/>
       <c r="U12" s="156"/>
     </row>
-    <row r="13" spans="1:42">
+    <row r="13" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="148"/>
       <c r="T13" s="180"/>
       <c r="U13" s="156"/>
     </row>
-    <row r="14" spans="1:42">
+    <row r="14" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O14" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P14" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q14" s="126">
         <v>0.188</v>
       </c>
       <c r="R14" s="126">
         <v>0.253</v>
       </c>
       <c r="S14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="T14" s="180"/>
       <c r="U14" s="156"/>
     </row>
-    <row r="15" spans="1:42">
+    <row r="15" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="161"/>
       <c r="O15" s="161"/>
       <c r="P15" s="161"/>
       <c r="Q15" s="161"/>
       <c r="R15" s="161"/>
       <c r="S15" s="149"/>
       <c r="T15" s="180"/>
       <c r="U15" s="156"/>
     </row>
-    <row r="16" spans="1:42">
+    <row r="16" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="149"/>
       <c r="T16" s="180"/>
       <c r="U16" s="156"/>
     </row>
-    <row r="17" spans="1:21">
+    <row r="17" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="35"/>
       <c r="T17" s="180"/>
       <c r="U17" s="156"/>
     </row>
-    <row r="18" spans="1:21">
+    <row r="18" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="T18" s="180"/>
       <c r="U18" s="156"/>
     </row>
-    <row r="19" spans="1:21">
+    <row r="19" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.19700000000000001</v>
       </c>
       <c r="R19" s="115">
         <v>0.16200000000000001</v>
       </c>
       <c r="S19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="T19" s="180"/>
       <c r="U19" s="156"/>
     </row>
-    <row r="20" spans="1:21">
+    <row r="20" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.55700000000000005</v>
       </c>
       <c r="R20" s="115">
         <v>0.56599999999999995</v>
       </c>
       <c r="S20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="T20" s="180"/>
       <c r="U20" s="156"/>
     </row>
-    <row r="21" spans="1:21">
+    <row r="21" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="187"/>
       <c r="S21" s="174"/>
       <c r="T21" s="180"/>
       <c r="U21" s="156"/>
     </row>
-    <row r="22" spans="1:21">
+    <row r="22" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="163"/>
       <c r="S22" s="148"/>
       <c r="T22" s="180"/>
       <c r="U22" s="156"/>
     </row>
-    <row r="23" spans="1:21">
+    <row r="23" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="148"/>
       <c r="T23" s="180"/>
       <c r="U23" s="156"/>
     </row>
-    <row r="24" spans="1:21">
+    <row r="24" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="148"/>
       <c r="T24" s="180"/>
       <c r="U24" s="156"/>
     </row>
-    <row r="25" spans="1:21">
+    <row r="25" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="167"/>
       <c r="S25" s="148"/>
       <c r="T25" s="180"/>
       <c r="U25" s="156"/>
     </row>
-    <row r="26" spans="1:21">
+    <row r="26" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="148"/>
       <c r="T26" s="180"/>
       <c r="U26" s="156"/>
     </row>
-    <row r="27" spans="1:21">
+    <row r="27" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="163"/>
       <c r="S27" s="148"/>
       <c r="T27" s="180"/>
       <c r="U27" s="156"/>
     </row>
-    <row r="28" spans="1:21">
+    <row r="28" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="148"/>
       <c r="T28" s="180"/>
       <c r="U28" s="156"/>
     </row>
-    <row r="29" spans="1:21">
+    <row r="29" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="148"/>
       <c r="T29" s="180"/>
       <c r="U29" s="156"/>
     </row>
-    <row r="30" spans="1:21">
+    <row r="30" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="148"/>
       <c r="T30" s="180"/>
       <c r="U30" s="156"/>
     </row>
-    <row r="31" spans="1:21">
+    <row r="31" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="T31" s="180"/>
       <c r="U31" s="156"/>
     </row>
-    <row r="32" spans="1:21">
+    <row r="32" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="T32" s="180"/>
       <c r="U32" s="156"/>
     </row>
-    <row r="33" spans="1:21">
+    <row r="33" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="T33" s="180"/>
       <c r="U33" s="156"/>
     </row>
-    <row r="34" spans="1:21">
+    <row r="34" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="T34" s="180"/>
       <c r="U34" s="156"/>
     </row>
-    <row r="35" spans="1:21">
+    <row r="35" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="T35" s="180"/>
       <c r="U35" s="156"/>
     </row>
-    <row r="36" spans="1:21">
+    <row r="36" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="T36" s="180"/>
       <c r="U36" s="156"/>
     </row>
-    <row r="37" spans="1:21">
+    <row r="37" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="T37" s="180"/>
       <c r="U37" s="156"/>
     </row>
-    <row r="38" spans="1:21">
+    <row r="38" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="148"/>
       <c r="T38" s="180"/>
       <c r="U38" s="156"/>
     </row>
-    <row r="39" spans="1:21">
+    <row r="39" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="148"/>
       <c r="T39" s="180"/>
       <c r="U39" s="156"/>
     </row>
-    <row r="40" spans="1:21">
+    <row r="40" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="148"/>
       <c r="T40" s="180"/>
       <c r="U40" s="156"/>
     </row>
-    <row r="41" spans="1:21">
+    <row r="41" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="148"/>
       <c r="T41" s="180"/>
       <c r="U41" s="156"/>
     </row>
-    <row r="42" spans="1:21">
+    <row r="42" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="148"/>
       <c r="T42" s="180"/>
       <c r="U42" s="156"/>
     </row>
-    <row r="43" spans="1:21">
+    <row r="43" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="148"/>
       <c r="T43" s="180"/>
       <c r="U43" s="156"/>
     </row>
-    <row r="44" spans="1:21">
+    <row r="44" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="35"/>
       <c r="T44" s="180"/>
       <c r="U44" s="156"/>
     </row>
-    <row r="45" spans="1:21">
+    <row r="45" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="S45" s="173"/>
       <c r="T45" s="180"/>
       <c r="U45" s="156"/>
     </row>
-    <row r="46" spans="1:21">
+    <row r="46" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="161"/>
       <c r="S46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="T46" s="180"/>
       <c r="U46" s="156"/>
     </row>
-    <row r="47" spans="1:21">
+    <row r="47" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="149"/>
       <c r="T47" s="180"/>
       <c r="U47" s="156"/>
     </row>
-    <row r="48" spans="1:21">
+    <row r="48" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="163"/>
       <c r="S48" s="148"/>
       <c r="T48" s="180"/>
       <c r="U48" s="156"/>
     </row>
-    <row r="49" spans="1:21">
+    <row r="49" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="148"/>
       <c r="T49" s="180"/>
       <c r="U49" s="156"/>
     </row>
-    <row r="50" spans="1:21">
+    <row r="50" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="148"/>
       <c r="T50" s="180"/>
       <c r="U50" s="156"/>
     </row>
-    <row r="51" spans="1:21">
+    <row r="51" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="148"/>
       <c r="T51" s="180"/>
       <c r="U51" s="156"/>
     </row>
-    <row r="52" spans="1:21">
+    <row r="52" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
@@ -6298,158 +6301,158 @@
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="126">
         <v>0</v>
       </c>
       <c r="S52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="T52" s="180"/>
       <c r="U52" s="156"/>
     </row>
-    <row r="53" spans="1:21">
+    <row r="53" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="123"/>
       <c r="S53" s="122"/>
       <c r="T53" s="180"/>
     </row>
-    <row r="54" spans="1:21">
+    <row r="54" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="122"/>
       <c r="T54" s="180"/>
     </row>
-    <row r="55" spans="1:21" ht="12" customHeight="1">
+    <row r="55" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="157">
         <v>0.5</v>
       </c>
       <c r="S55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="T55" s="180"/>
     </row>
-    <row r="56" spans="1:21">
+    <row r="56" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
@@ -6457,17164 +6460,17164 @@
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="125">
         <v>0.26</v>
       </c>
       <c r="S56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="T56" s="180"/>
     </row>
-    <row r="57" spans="1:21">
+    <row r="57" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="51"/>
       <c r="T57" s="185"/>
     </row>
-    <row r="59" spans="1:21" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:21" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:T1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="L2" sqref="L1:L65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="12" width="8.140625" hidden="1" customWidth="1"/>
     <col min="13" max="17" width="8.140625" customWidth="1"/>
     <col min="18" max="18" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="3.85546875" customWidth="1"/>
     <col min="20" max="20" width="8.5703125" customWidth="1"/>
     <col min="21" max="22" width="7.5703125" customWidth="1"/>
     <col min="23" max="23" width="1.5703125" customWidth="1"/>
     <col min="24" max="24" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="8.5703125" customWidth="1"/>
     <col min="28" max="28" width="7.5703125" customWidth="1"/>
     <col min="29" max="29" width="12.140625" customWidth="1"/>
     <col min="30" max="33" width="7.5703125" customWidth="1"/>
     <col min="34" max="34" width="1.5703125" customWidth="1"/>
     <col min="35" max="35" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="36" max="39" width="7.5703125" customWidth="1"/>
     <col min="40" max="40" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="41" max="41" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:41" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="210"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
     </row>
-    <row r="2" spans="1:41">
+    <row r="2" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="S2" s="129"/>
     </row>
-    <row r="3" spans="1:41">
+    <row r="3" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="180"/>
     </row>
-    <row r="4" spans="1:41">
+    <row r="4" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="180"/>
     </row>
-    <row r="5" spans="1:41">
+    <row r="5" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="177">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2015</v>
       </c>
       <c r="R5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="S5" s="180"/>
     </row>
-    <row r="6" spans="1:41">
+    <row r="6" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.35899999999999999</v>
       </c>
       <c r="R6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="S6" s="180"/>
       <c r="T6" s="156"/>
     </row>
-    <row r="7" spans="1:41">
+    <row r="7" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.32100000000000001</v>
       </c>
       <c r="R7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="S7" s="180"/>
       <c r="T7" s="156"/>
     </row>
-    <row r="8" spans="1:41">
+    <row r="8" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.13600000000000001</v>
       </c>
       <c r="R8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="S8" s="183"/>
       <c r="T8" s="156"/>
     </row>
-    <row r="9" spans="1:41">
+    <row r="9" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="148"/>
       <c r="S9" s="180"/>
       <c r="T9" s="156"/>
     </row>
-    <row r="10" spans="1:41">
+    <row r="10" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="171"/>
       <c r="S10" s="180"/>
       <c r="T10" s="156"/>
     </row>
-    <row r="11" spans="1:41">
+    <row r="11" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q11" s="194">
         <v>0.218</v>
       </c>
       <c r="R11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="S11" s="180"/>
       <c r="T11" s="156"/>
     </row>
-    <row r="12" spans="1:41">
+    <row r="12" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="163"/>
       <c r="O12" s="163"/>
       <c r="P12" s="163"/>
       <c r="Q12" s="163"/>
       <c r="R12" s="148"/>
       <c r="S12" s="180"/>
       <c r="T12" s="156"/>
     </row>
-    <row r="13" spans="1:41">
+    <row r="13" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="148"/>
       <c r="S13" s="180"/>
       <c r="T13" s="156"/>
     </row>
-    <row r="14" spans="1:41">
+    <row r="14" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O14" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P14" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q14" s="126">
         <v>0.188</v>
       </c>
       <c r="R14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="S14" s="180"/>
       <c r="T14" s="156"/>
     </row>
-    <row r="15" spans="1:41">
+    <row r="15" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="161"/>
       <c r="O15" s="161"/>
       <c r="P15" s="161"/>
       <c r="Q15" s="161"/>
       <c r="R15" s="149"/>
       <c r="S15" s="180"/>
       <c r="T15" s="156"/>
     </row>
-    <row r="16" spans="1:41">
+    <row r="16" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="149"/>
       <c r="S16" s="180"/>
       <c r="T16" s="156"/>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="180"/>
       <c r="T17" s="156"/>
     </row>
-    <row r="18" spans="1:20">
+    <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="S18" s="180"/>
       <c r="T18" s="156"/>
     </row>
-    <row r="19" spans="1:20">
+    <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.19700000000000001</v>
       </c>
       <c r="R19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="S19" s="180"/>
       <c r="T19" s="156"/>
     </row>
-    <row r="20" spans="1:20">
+    <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.55700000000000005</v>
       </c>
       <c r="R20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="S20" s="180"/>
       <c r="T20" s="156"/>
     </row>
-    <row r="21" spans="1:20">
+    <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="174"/>
       <c r="S21" s="180"/>
       <c r="T21" s="156"/>
     </row>
-    <row r="22" spans="1:20">
+    <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="148"/>
       <c r="S22" s="180"/>
       <c r="T22" s="156"/>
     </row>
-    <row r="23" spans="1:20">
+    <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="148"/>
       <c r="S23" s="180"/>
       <c r="T23" s="156"/>
     </row>
-    <row r="24" spans="1:20">
+    <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="148"/>
       <c r="S24" s="180"/>
       <c r="T24" s="156"/>
     </row>
-    <row r="25" spans="1:20">
+    <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="148"/>
       <c r="S25" s="180"/>
       <c r="T25" s="156"/>
     </row>
-    <row r="26" spans="1:20">
+    <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="148"/>
       <c r="S26" s="180"/>
       <c r="T26" s="156"/>
     </row>
-    <row r="27" spans="1:20">
+    <row r="27" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="148"/>
       <c r="S27" s="180"/>
       <c r="T27" s="156"/>
     </row>
-    <row r="28" spans="1:20">
+    <row r="28" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="148"/>
       <c r="S28" s="180"/>
       <c r="T28" s="156"/>
     </row>
-    <row r="29" spans="1:20">
+    <row r="29" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="148"/>
       <c r="S29" s="180"/>
       <c r="T29" s="156"/>
     </row>
-    <row r="30" spans="1:20">
+    <row r="30" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="148"/>
       <c r="S30" s="180"/>
       <c r="T30" s="156"/>
     </row>
-    <row r="31" spans="1:20">
+    <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="S31" s="180"/>
       <c r="T31" s="156"/>
     </row>
-    <row r="32" spans="1:20">
+    <row r="32" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="S32" s="180"/>
       <c r="T32" s="156"/>
     </row>
-    <row r="33" spans="1:20">
+    <row r="33" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="S33" s="180"/>
       <c r="T33" s="156"/>
     </row>
-    <row r="34" spans="1:20">
+    <row r="34" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="S34" s="180"/>
       <c r="T34" s="156"/>
     </row>
-    <row r="35" spans="1:20">
+    <row r="35" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="S35" s="180"/>
       <c r="T35" s="156"/>
     </row>
-    <row r="36" spans="1:20">
+    <row r="36" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="S36" s="180"/>
       <c r="T36" s="156"/>
     </row>
-    <row r="37" spans="1:20">
+    <row r="37" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="S37" s="180"/>
       <c r="T37" s="156"/>
     </row>
-    <row r="38" spans="1:20">
+    <row r="38" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="148"/>
       <c r="S38" s="180"/>
       <c r="T38" s="156"/>
     </row>
-    <row r="39" spans="1:20">
+    <row r="39" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="148"/>
       <c r="S39" s="180"/>
       <c r="T39" s="156"/>
     </row>
-    <row r="40" spans="1:20">
+    <row r="40" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="148"/>
       <c r="S40" s="180"/>
       <c r="T40" s="156"/>
     </row>
-    <row r="41" spans="1:20">
+    <row r="41" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="148"/>
       <c r="S41" s="180"/>
       <c r="T41" s="156"/>
     </row>
-    <row r="42" spans="1:20">
+    <row r="42" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="148"/>
       <c r="S42" s="180"/>
       <c r="T42" s="156"/>
     </row>
-    <row r="43" spans="1:20">
+    <row r="43" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="148"/>
       <c r="S43" s="180"/>
       <c r="T43" s="156"/>
     </row>
-    <row r="44" spans="1:20">
+    <row r="44" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="35"/>
       <c r="S44" s="180"/>
       <c r="T44" s="156"/>
     </row>
-    <row r="45" spans="1:20">
+    <row r="45" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R45" s="173"/>
       <c r="S45" s="180"/>
       <c r="T45" s="156"/>
     </row>
-    <row r="46" spans="1:20">
+    <row r="46" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="S46" s="180"/>
       <c r="T46" s="156"/>
     </row>
-    <row r="47" spans="1:20">
+    <row r="47" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="149"/>
       <c r="S47" s="180"/>
       <c r="T47" s="156"/>
     </row>
-    <row r="48" spans="1:20">
+    <row r="48" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="148"/>
       <c r="S48" s="180"/>
       <c r="T48" s="156"/>
     </row>
-    <row r="49" spans="1:20">
+    <row r="49" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="148"/>
       <c r="S49" s="180"/>
       <c r="T49" s="156"/>
     </row>
-    <row r="50" spans="1:20">
+    <row r="50" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="148"/>
       <c r="S50" s="180"/>
       <c r="T50" s="156"/>
     </row>
-    <row r="51" spans="1:20">
+    <row r="51" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="148"/>
       <c r="S51" s="180"/>
       <c r="T51" s="156"/>
     </row>
-    <row r="52" spans="1:20">
+    <row r="52" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="S52" s="180"/>
       <c r="T52" s="156"/>
     </row>
-    <row r="53" spans="1:20">
+    <row r="53" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="122"/>
       <c r="S53" s="180"/>
     </row>
-    <row r="54" spans="1:20">
+    <row r="54" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="122"/>
       <c r="S54" s="180"/>
     </row>
-    <row r="55" spans="1:20" ht="12" customHeight="1">
+    <row r="55" spans="1:20" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="S55" s="180"/>
     </row>
-    <row r="56" spans="1:20">
+    <row r="56" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="S56" s="180"/>
     </row>
-    <row r="57" spans="1:20">
+    <row r="57" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="185"/>
     </row>
-    <row r="59" spans="1:20" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:20" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:S1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AN59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="T46" sqref="T46"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="11" width="8.140625" hidden="1" customWidth="1"/>
     <col min="12" max="16" width="8.140625" customWidth="1"/>
     <col min="17" max="17" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="3.85546875" customWidth="1"/>
     <col min="19" max="19" width="8.5703125" customWidth="1"/>
     <col min="20" max="21" width="7.5703125" customWidth="1"/>
     <col min="22" max="22" width="1.5703125" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="24" max="25" width="7.5703125" customWidth="1"/>
     <col min="26" max="26" width="8.5703125" customWidth="1"/>
     <col min="27" max="27" width="7.5703125" customWidth="1"/>
     <col min="28" max="28" width="12.140625" customWidth="1"/>
     <col min="29" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="1.5703125" customWidth="1"/>
     <col min="34" max="34" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="35" max="38" width="7.5703125" customWidth="1"/>
     <col min="39" max="39" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:40" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="210"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
     </row>
-    <row r="2" spans="1:40">
+    <row r="2" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="R2" s="129"/>
     </row>
-    <row r="3" spans="1:40">
+    <row r="3" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="180"/>
     </row>
-    <row r="4" spans="1:40">
+    <row r="4" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="180"/>
     </row>
-    <row r="5" spans="1:40">
+    <row r="5" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="177">
         <v>2014</v>
       </c>
       <c r="Q5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="R5" s="180"/>
     </row>
-    <row r="6" spans="1:40">
+    <row r="6" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="R6" s="180"/>
       <c r="S6" s="156"/>
     </row>
-    <row r="7" spans="1:40">
+    <row r="7" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="R7" s="180"/>
       <c r="S7" s="156"/>
     </row>
-    <row r="8" spans="1:40">
+    <row r="8" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="R8" s="183"/>
       <c r="S8" s="156"/>
     </row>
-    <row r="9" spans="1:40">
+    <row r="9" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="148"/>
       <c r="R9" s="180"/>
       <c r="S9" s="156"/>
     </row>
-    <row r="10" spans="1:40">
+    <row r="10" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="171"/>
       <c r="R10" s="180"/>
       <c r="S10" s="156"/>
     </row>
-    <row r="11" spans="1:40">
+    <row r="11" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="R11" s="180"/>
       <c r="S11" s="156"/>
     </row>
-    <row r="12" spans="1:40">
+    <row r="12" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="163"/>
       <c r="O12" s="163"/>
       <c r="P12" s="163"/>
       <c r="Q12" s="148"/>
       <c r="R12" s="180"/>
       <c r="S12" s="156"/>
     </row>
-    <row r="13" spans="1:40">
+    <row r="13" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="148"/>
       <c r="R13" s="180"/>
       <c r="S13" s="156"/>
     </row>
-    <row r="14" spans="1:40">
+    <row r="14" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O14" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P14" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="R14" s="180"/>
       <c r="S14" s="156"/>
     </row>
-    <row r="15" spans="1:40">
+    <row r="15" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="161"/>
       <c r="O15" s="161"/>
       <c r="P15" s="161"/>
       <c r="Q15" s="149"/>
       <c r="R15" s="180"/>
       <c r="S15" s="156"/>
     </row>
-    <row r="16" spans="1:40">
+    <row r="16" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="149"/>
       <c r="R16" s="180"/>
       <c r="S16" s="156"/>
     </row>
-    <row r="17" spans="1:19">
+    <row r="17" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="180"/>
       <c r="S17" s="156"/>
     </row>
-    <row r="18" spans="1:19">
+    <row r="18" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="R18" s="180"/>
       <c r="S18" s="156"/>
     </row>
-    <row r="19" spans="1:19">
+    <row r="19" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="R19" s="180"/>
       <c r="S19" s="156"/>
     </row>
-    <row r="20" spans="1:19">
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="R20" s="180"/>
       <c r="S20" s="156"/>
     </row>
-    <row r="21" spans="1:19">
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="174"/>
       <c r="R21" s="180"/>
       <c r="S21" s="156"/>
     </row>
-    <row r="22" spans="1:19">
+    <row r="22" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="148"/>
       <c r="R22" s="180"/>
       <c r="S22" s="156"/>
     </row>
-    <row r="23" spans="1:19">
+    <row r="23" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="148"/>
       <c r="R23" s="180"/>
       <c r="S23" s="156"/>
     </row>
-    <row r="24" spans="1:19">
+    <row r="24" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="148"/>
       <c r="R24" s="180"/>
       <c r="S24" s="156"/>
     </row>
-    <row r="25" spans="1:19">
+    <row r="25" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="148"/>
       <c r="R25" s="180"/>
       <c r="S25" s="156"/>
     </row>
-    <row r="26" spans="1:19">
+    <row r="26" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="148"/>
       <c r="R26" s="180"/>
       <c r="S26" s="156"/>
     </row>
-    <row r="27" spans="1:19">
+    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="148"/>
       <c r="R27" s="180"/>
       <c r="S27" s="156"/>
     </row>
-    <row r="28" spans="1:19">
+    <row r="28" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="148"/>
       <c r="R28" s="180"/>
       <c r="S28" s="156"/>
     </row>
-    <row r="29" spans="1:19">
+    <row r="29" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="148"/>
       <c r="R29" s="180"/>
       <c r="S29" s="156"/>
     </row>
-    <row r="30" spans="1:19">
+    <row r="30" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="148"/>
       <c r="R30" s="180"/>
       <c r="S30" s="156"/>
     </row>
-    <row r="31" spans="1:19">
+    <row r="31" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="R31" s="180"/>
       <c r="S31" s="156"/>
     </row>
-    <row r="32" spans="1:19">
+    <row r="32" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="R32" s="180"/>
       <c r="S32" s="156"/>
     </row>
-    <row r="33" spans="1:19">
+    <row r="33" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="R33" s="180"/>
       <c r="S33" s="156"/>
     </row>
-    <row r="34" spans="1:19">
+    <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="R34" s="180"/>
       <c r="S34" s="156"/>
     </row>
-    <row r="35" spans="1:19">
+    <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="R35" s="180"/>
       <c r="S35" s="156"/>
     </row>
-    <row r="36" spans="1:19">
+    <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="R36" s="180"/>
       <c r="S36" s="156"/>
     </row>
-    <row r="37" spans="1:19">
+    <row r="37" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="R37" s="180"/>
       <c r="S37" s="156"/>
     </row>
-    <row r="38" spans="1:19">
+    <row r="38" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="148"/>
       <c r="R38" s="180"/>
       <c r="S38" s="156"/>
     </row>
-    <row r="39" spans="1:19">
+    <row r="39" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="148"/>
       <c r="R39" s="180"/>
       <c r="S39" s="156"/>
     </row>
-    <row r="40" spans="1:19">
+    <row r="40" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="148"/>
       <c r="R40" s="180"/>
       <c r="S40" s="156"/>
     </row>
-    <row r="41" spans="1:19">
+    <row r="41" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="148"/>
       <c r="R41" s="180"/>
       <c r="S41" s="156"/>
     </row>
-    <row r="42" spans="1:19">
+    <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="148"/>
       <c r="R42" s="180"/>
       <c r="S42" s="156"/>
     </row>
-    <row r="43" spans="1:19">
+    <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="148"/>
       <c r="R43" s="180"/>
       <c r="S43" s="156"/>
     </row>
-    <row r="44" spans="1:19">
+    <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="35"/>
       <c r="R44" s="180"/>
       <c r="S44" s="156"/>
     </row>
-    <row r="45" spans="1:19">
+    <row r="45" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="173"/>
       <c r="R45" s="180"/>
       <c r="S45" s="156"/>
     </row>
-    <row r="46" spans="1:19">
+    <row r="46" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="R46" s="180"/>
       <c r="S46" s="156"/>
     </row>
-    <row r="47" spans="1:19">
+    <row r="47" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="149"/>
       <c r="R47" s="180"/>
       <c r="S47" s="156"/>
     </row>
-    <row r="48" spans="1:19">
+    <row r="48" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="148"/>
       <c r="R48" s="180"/>
       <c r="S48" s="156"/>
     </row>
-    <row r="49" spans="1:19">
+    <row r="49" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="148"/>
       <c r="R49" s="180"/>
       <c r="S49" s="156"/>
     </row>
-    <row r="50" spans="1:19">
+    <row r="50" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="148"/>
       <c r="R50" s="180"/>
       <c r="S50" s="156"/>
     </row>
-    <row r="51" spans="1:19">
+    <row r="51" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="148"/>
       <c r="R51" s="180"/>
       <c r="S51" s="156"/>
     </row>
-    <row r="52" spans="1:19">
+    <row r="52" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="R52" s="180"/>
       <c r="S52" s="156"/>
     </row>
-    <row r="53" spans="1:19">
+    <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="122"/>
       <c r="R53" s="180"/>
     </row>
-    <row r="54" spans="1:19">
+    <row r="54" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="122"/>
       <c r="R54" s="180"/>
     </row>
-    <row r="55" spans="1:19" ht="12" customHeight="1">
+    <row r="55" spans="1:19" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="R55" s="180"/>
     </row>
-    <row r="56" spans="1:19">
+    <row r="56" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="R56" s="180"/>
     </row>
-    <row r="57" spans="1:19">
+    <row r="57" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="185"/>
     </row>
-    <row r="59" spans="1:19" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:19" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:R1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AM59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="10" width="8.140625" hidden="1" customWidth="1"/>
     <col min="11" max="15" width="8.140625" customWidth="1"/>
     <col min="16" max="16" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="3.85546875" customWidth="1"/>
     <col min="18" max="18" width="8.5703125" customWidth="1"/>
     <col min="19" max="20" width="7.5703125" customWidth="1"/>
     <col min="21" max="21" width="1.5703125" customWidth="1"/>
     <col min="22" max="22" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="7.5703125" customWidth="1"/>
     <col min="25" max="25" width="8.5703125" customWidth="1"/>
     <col min="26" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="12.140625" customWidth="1"/>
     <col min="28" max="31" width="7.5703125" customWidth="1"/>
     <col min="32" max="32" width="1.5703125" customWidth="1"/>
     <col min="33" max="33" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="34" max="37" width="7.5703125" customWidth="1"/>
     <col min="38" max="38" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:39" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="210"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
     </row>
-    <row r="2" spans="1:39">
+    <row r="2" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="Q2" s="129"/>
     </row>
-    <row r="3" spans="1:39">
+    <row r="3" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="180"/>
     </row>
-    <row r="4" spans="1:39">
+    <row r="4" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="180"/>
     </row>
-    <row r="5" spans="1:39">
+    <row r="5" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="Q5" s="180"/>
     </row>
-    <row r="6" spans="1:39">
+    <row r="6" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="Q6" s="180"/>
       <c r="R6" s="156"/>
     </row>
-    <row r="7" spans="1:39">
+    <row r="7" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="Q7" s="180"/>
       <c r="R7" s="156"/>
     </row>
-    <row r="8" spans="1:39">
+    <row r="8" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="Q8" s="183"/>
       <c r="R8" s="156"/>
     </row>
-    <row r="9" spans="1:39">
+    <row r="9" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="148"/>
       <c r="Q9" s="180"/>
       <c r="R9" s="156"/>
     </row>
-    <row r="10" spans="1:39">
+    <row r="10" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="171"/>
       <c r="Q10" s="180"/>
       <c r="R10" s="156"/>
     </row>
-    <row r="11" spans="1:39">
+    <row r="11" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O11" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="Q11" s="180"/>
       <c r="R11" s="156"/>
     </row>
-    <row r="12" spans="1:39">
+    <row r="12" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="163"/>
       <c r="O12" s="163"/>
       <c r="P12" s="148"/>
       <c r="Q12" s="180"/>
       <c r="R12" s="156"/>
     </row>
-    <row r="13" spans="1:39">
+    <row r="13" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="148"/>
       <c r="Q13" s="180"/>
       <c r="R13" s="156"/>
     </row>
-    <row r="14" spans="1:39">
+    <row r="14" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O14" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="Q14" s="180"/>
       <c r="R14" s="156"/>
     </row>
-    <row r="15" spans="1:39">
+    <row r="15" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="161"/>
       <c r="O15" s="161"/>
       <c r="P15" s="149"/>
       <c r="Q15" s="180"/>
       <c r="R15" s="156"/>
     </row>
-    <row r="16" spans="1:39">
+    <row r="16" spans="1:39" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="149"/>
       <c r="Q16" s="180"/>
       <c r="R16" s="156"/>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="180"/>
       <c r="R17" s="156"/>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="Q18" s="180"/>
       <c r="R18" s="156"/>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="Q19" s="180"/>
       <c r="R19" s="156"/>
     </row>
-    <row r="20" spans="1:18">
+    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="Q20" s="180"/>
       <c r="R20" s="156"/>
     </row>
-    <row r="21" spans="1:18">
+    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="174"/>
       <c r="Q21" s="180"/>
       <c r="R21" s="156"/>
     </row>
-    <row r="22" spans="1:18">
+    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="148"/>
       <c r="Q22" s="180"/>
       <c r="R22" s="156"/>
     </row>
-    <row r="23" spans="1:18">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="148"/>
       <c r="Q23" s="180"/>
       <c r="R23" s="156"/>
     </row>
-    <row r="24" spans="1:18">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="148"/>
       <c r="Q24" s="180"/>
       <c r="R24" s="156"/>
     </row>
-    <row r="25" spans="1:18">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="148"/>
       <c r="Q25" s="180"/>
       <c r="R25" s="156"/>
     </row>
-    <row r="26" spans="1:18">
+    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="148"/>
       <c r="Q26" s="180"/>
       <c r="R26" s="156"/>
     </row>
-    <row r="27" spans="1:18">
+    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="148"/>
       <c r="Q27" s="180"/>
       <c r="R27" s="156"/>
     </row>
-    <row r="28" spans="1:18">
+    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="148"/>
       <c r="Q28" s="180"/>
       <c r="R28" s="156"/>
     </row>
-    <row r="29" spans="1:18">
+    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="148"/>
       <c r="Q29" s="180"/>
       <c r="R29" s="156"/>
     </row>
-    <row r="30" spans="1:18">
+    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="148"/>
       <c r="Q30" s="180"/>
       <c r="R30" s="156"/>
     </row>
-    <row r="31" spans="1:18">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="Q31" s="180"/>
       <c r="R31" s="156"/>
     </row>
-    <row r="32" spans="1:18">
+    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="Q32" s="180"/>
       <c r="R32" s="156"/>
     </row>
-    <row r="33" spans="1:18">
+    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="Q33" s="180"/>
       <c r="R33" s="156"/>
     </row>
-    <row r="34" spans="1:18">
+    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="Q34" s="180"/>
       <c r="R34" s="156"/>
     </row>
-    <row r="35" spans="1:18">
+    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="Q35" s="180"/>
       <c r="R35" s="156"/>
     </row>
-    <row r="36" spans="1:18">
+    <row r="36" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="Q36" s="180"/>
       <c r="R36" s="156"/>
     </row>
-    <row r="37" spans="1:18">
+    <row r="37" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="Q37" s="180"/>
       <c r="R37" s="156"/>
     </row>
-    <row r="38" spans="1:18">
+    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="148"/>
       <c r="Q38" s="180"/>
       <c r="R38" s="156"/>
     </row>
-    <row r="39" spans="1:18">
+    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="148"/>
       <c r="Q39" s="180"/>
       <c r="R39" s="156"/>
     </row>
-    <row r="40" spans="1:18">
+    <row r="40" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="148"/>
       <c r="Q40" s="180"/>
       <c r="R40" s="156"/>
     </row>
-    <row r="41" spans="1:18">
+    <row r="41" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="148"/>
       <c r="Q41" s="180"/>
       <c r="R41" s="156"/>
     </row>
-    <row r="42" spans="1:18">
+    <row r="42" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="148"/>
       <c r="Q42" s="180"/>
       <c r="R42" s="156"/>
     </row>
-    <row r="43" spans="1:18">
+    <row r="43" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="148"/>
       <c r="Q43" s="180"/>
       <c r="R43" s="156"/>
     </row>
-    <row r="44" spans="1:18">
+    <row r="44" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="35"/>
       <c r="Q44" s="180"/>
       <c r="R44" s="156"/>
     </row>
-    <row r="45" spans="1:18">
+    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="173"/>
       <c r="Q45" s="180"/>
       <c r="R45" s="156"/>
     </row>
-    <row r="46" spans="1:18">
+    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="Q46" s="180"/>
       <c r="R46" s="156"/>
     </row>
-    <row r="47" spans="1:18">
+    <row r="47" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="149"/>
       <c r="Q47" s="180"/>
       <c r="R47" s="156"/>
     </row>
-    <row r="48" spans="1:18">
+    <row r="48" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="148"/>
       <c r="Q48" s="180"/>
       <c r="R48" s="156"/>
     </row>
-    <row r="49" spans="1:18">
+    <row r="49" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="148"/>
       <c r="Q49" s="180"/>
       <c r="R49" s="156"/>
     </row>
-    <row r="50" spans="1:18">
+    <row r="50" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="148"/>
       <c r="Q50" s="180"/>
       <c r="R50" s="156"/>
     </row>
-    <row r="51" spans="1:18">
+    <row r="51" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="148"/>
       <c r="Q51" s="180"/>
       <c r="R51" s="156"/>
     </row>
-    <row r="52" spans="1:18">
+    <row r="52" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="Q52" s="180"/>
       <c r="R52" s="156"/>
     </row>
-    <row r="53" spans="1:18">
+    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="122"/>
       <c r="Q53" s="180"/>
     </row>
-    <row r="54" spans="1:18">
+    <row r="54" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="122"/>
       <c r="Q54" s="180"/>
     </row>
-    <row r="55" spans="1:18" ht="12" customHeight="1">
+    <row r="55" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="Q55" s="180"/>
     </row>
-    <row r="56" spans="1:18">
+    <row r="56" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="Q56" s="180"/>
     </row>
-    <row r="57" spans="1:18">
+    <row r="57" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="185"/>
     </row>
-    <row r="59" spans="1:18" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:Q1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AL59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="O2" sqref="O1:O65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="9" width="8.140625" hidden="1" customWidth="1"/>
     <col min="10" max="14" width="8.140625" customWidth="1"/>
     <col min="15" max="15" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="3.85546875" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" customWidth="1"/>
     <col min="18" max="19" width="7.5703125" customWidth="1"/>
     <col min="20" max="20" width="1.5703125" customWidth="1"/>
     <col min="21" max="21" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="7.5703125" customWidth="1"/>
     <col min="24" max="24" width="8.5703125" customWidth="1"/>
     <col min="25" max="25" width="7.5703125" customWidth="1"/>
     <col min="26" max="26" width="12.140625" customWidth="1"/>
     <col min="27" max="30" width="7.5703125" customWidth="1"/>
     <col min="31" max="31" width="1.5703125" customWidth="1"/>
     <col min="32" max="32" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="33" max="36" width="7.5703125" customWidth="1"/>
     <col min="37" max="37" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:38" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="210"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
     </row>
-    <row r="2" spans="1:38">
+    <row r="2" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="P2" s="129"/>
     </row>
-    <row r="3" spans="1:38">
+    <row r="3" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="180"/>
     </row>
-    <row r="4" spans="1:38">
+    <row r="4" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="180"/>
     </row>
-    <row r="5" spans="1:38">
+    <row r="5" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="P5" s="180"/>
     </row>
-    <row r="6" spans="1:38">
+    <row r="6" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="P6" s="180"/>
       <c r="Q6" s="156"/>
     </row>
-    <row r="7" spans="1:38">
+    <row r="7" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="P7" s="180"/>
       <c r="Q7" s="156"/>
     </row>
-    <row r="8" spans="1:38">
+    <row r="8" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="P8" s="183"/>
       <c r="Q8" s="156"/>
     </row>
-    <row r="9" spans="1:38">
+    <row r="9" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="148"/>
       <c r="P9" s="180"/>
       <c r="Q9" s="156"/>
     </row>
-    <row r="10" spans="1:38">
+    <row r="10" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="171"/>
       <c r="P10" s="180"/>
       <c r="Q10" s="156"/>
     </row>
-    <row r="11" spans="1:38">
+    <row r="11" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="P11" s="180"/>
       <c r="Q11" s="156"/>
     </row>
-    <row r="12" spans="1:38">
+    <row r="12" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="163"/>
       <c r="O12" s="148"/>
       <c r="P12" s="180"/>
       <c r="Q12" s="156"/>
     </row>
-    <row r="13" spans="1:38">
+    <row r="13" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="148"/>
       <c r="P13" s="180"/>
       <c r="Q13" s="156"/>
     </row>
-    <row r="14" spans="1:38">
+    <row r="14" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="P14" s="180"/>
       <c r="Q14" s="156"/>
     </row>
-    <row r="15" spans="1:38">
+    <row r="15" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="161"/>
       <c r="O15" s="149"/>
       <c r="P15" s="180"/>
       <c r="Q15" s="156"/>
     </row>
-    <row r="16" spans="1:38">
+    <row r="16" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="149"/>
       <c r="P16" s="180"/>
       <c r="Q16" s="156"/>
     </row>
-    <row r="17" spans="1:17">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="180"/>
       <c r="Q17" s="156"/>
     </row>
-    <row r="18" spans="1:17">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="P18" s="180"/>
       <c r="Q18" s="156"/>
     </row>
-    <row r="19" spans="1:17">
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="P19" s="180"/>
       <c r="Q19" s="156"/>
     </row>
-    <row r="20" spans="1:17">
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="P20" s="180"/>
       <c r="Q20" s="156"/>
     </row>
-    <row r="21" spans="1:17">
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="174"/>
       <c r="P21" s="180"/>
       <c r="Q21" s="156"/>
     </row>
-    <row r="22" spans="1:17">
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="148"/>
       <c r="P22" s="180"/>
       <c r="Q22" s="156"/>
     </row>
-    <row r="23" spans="1:17">
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="148"/>
       <c r="P23" s="180"/>
       <c r="Q23" s="156"/>
     </row>
-    <row r="24" spans="1:17">
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="148"/>
       <c r="P24" s="180"/>
       <c r="Q24" s="156"/>
     </row>
-    <row r="25" spans="1:17">
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="148"/>
       <c r="P25" s="180"/>
       <c r="Q25" s="156"/>
     </row>
-    <row r="26" spans="1:17">
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="148"/>
       <c r="P26" s="180"/>
       <c r="Q26" s="156"/>
     </row>
-    <row r="27" spans="1:17">
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="148"/>
       <c r="P27" s="180"/>
       <c r="Q27" s="156"/>
     </row>
-    <row r="28" spans="1:17">
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="148"/>
       <c r="P28" s="180"/>
       <c r="Q28" s="156"/>
     </row>
-    <row r="29" spans="1:17">
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="148"/>
       <c r="P29" s="180"/>
       <c r="Q29" s="156"/>
     </row>
-    <row r="30" spans="1:17">
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="148"/>
       <c r="P30" s="180"/>
       <c r="Q30" s="156"/>
     </row>
-    <row r="31" spans="1:17">
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="P31" s="180"/>
       <c r="Q31" s="156"/>
     </row>
-    <row r="32" spans="1:17">
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="P32" s="180"/>
       <c r="Q32" s="156"/>
     </row>
-    <row r="33" spans="1:17">
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="P33" s="180"/>
       <c r="Q33" s="156"/>
     </row>
-    <row r="34" spans="1:17">
+    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="P34" s="180"/>
       <c r="Q34" s="156"/>
     </row>
-    <row r="35" spans="1:17">
+    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="P35" s="180"/>
       <c r="Q35" s="156"/>
     </row>
-    <row r="36" spans="1:17">
+    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="P36" s="180"/>
       <c r="Q36" s="156"/>
     </row>
-    <row r="37" spans="1:17">
+    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="P37" s="180"/>
       <c r="Q37" s="156"/>
     </row>
-    <row r="38" spans="1:17">
+    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="148"/>
       <c r="P38" s="180"/>
       <c r="Q38" s="156"/>
     </row>
-    <row r="39" spans="1:17">
+    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="148"/>
       <c r="P39" s="180"/>
       <c r="Q39" s="156"/>
     </row>
-    <row r="40" spans="1:17">
+    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="148"/>
       <c r="P40" s="180"/>
       <c r="Q40" s="156"/>
     </row>
-    <row r="41" spans="1:17">
+    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="148"/>
       <c r="P41" s="180"/>
       <c r="Q41" s="156"/>
     </row>
-    <row r="42" spans="1:17">
+    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="148"/>
       <c r="P42" s="180"/>
       <c r="Q42" s="156"/>
     </row>
-    <row r="43" spans="1:17">
+    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="148"/>
       <c r="P43" s="180"/>
       <c r="Q43" s="156"/>
     </row>
-    <row r="44" spans="1:17">
+    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="35"/>
       <c r="P44" s="180"/>
       <c r="Q44" s="156"/>
     </row>
-    <row r="45" spans="1:17">
+    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="173"/>
       <c r="P45" s="180"/>
       <c r="Q45" s="156"/>
     </row>
-    <row r="46" spans="1:17">
+    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="P46" s="180"/>
       <c r="Q46" s="156"/>
     </row>
-    <row r="47" spans="1:17">
+    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="149"/>
       <c r="P47" s="180"/>
       <c r="Q47" s="156"/>
     </row>
-    <row r="48" spans="1:17">
+    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="148"/>
       <c r="P48" s="180"/>
       <c r="Q48" s="156"/>
     </row>
-    <row r="49" spans="1:17">
+    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="148"/>
       <c r="P49" s="180"/>
       <c r="Q49" s="156"/>
     </row>
-    <row r="50" spans="1:17">
+    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="148"/>
       <c r="P50" s="180"/>
       <c r="Q50" s="156"/>
     </row>
-    <row r="51" spans="1:17">
+    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="148"/>
       <c r="P51" s="180"/>
       <c r="Q51" s="156"/>
     </row>
-    <row r="52" spans="1:17">
+    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="P52" s="180"/>
       <c r="Q52" s="156"/>
     </row>
-    <row r="53" spans="1:17">
+    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="122"/>
       <c r="P53" s="180"/>
     </row>
-    <row r="54" spans="1:17">
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="122"/>
       <c r="P54" s="180"/>
     </row>
-    <row r="55" spans="1:17" ht="12" customHeight="1">
+    <row r="55" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="P55" s="180"/>
     </row>
-    <row r="56" spans="1:17">
+    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="P56" s="180"/>
     </row>
-    <row r="57" spans="1:17">
+    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="185"/>
     </row>
-    <row r="59" spans="1:17" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:P1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AK59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="N2" sqref="N1:N65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="8" width="8.140625" hidden="1" customWidth="1"/>
     <col min="9" max="13" width="8.140625" customWidth="1"/>
     <col min="14" max="14" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="3.85546875" customWidth="1"/>
     <col min="16" max="16" width="8.5703125" customWidth="1"/>
     <col min="17" max="18" width="7.5703125" customWidth="1"/>
     <col min="19" max="19" width="1.5703125" customWidth="1"/>
     <col min="20" max="20" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="7.5703125" customWidth="1"/>
     <col min="23" max="23" width="8.5703125" customWidth="1"/>
     <col min="24" max="24" width="7.5703125" customWidth="1"/>
     <col min="25" max="25" width="12.140625" customWidth="1"/>
     <col min="26" max="29" width="7.5703125" customWidth="1"/>
     <col min="30" max="30" width="1.5703125" customWidth="1"/>
     <col min="31" max="31" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="32" max="35" width="7.5703125" customWidth="1"/>
     <col min="36" max="36" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:37" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="210"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
     </row>
-    <row r="2" spans="1:37">
+    <row r="2" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="O2" s="129"/>
     </row>
-    <row r="3" spans="1:37">
+    <row r="3" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="180"/>
     </row>
-    <row r="4" spans="1:37">
+    <row r="4" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="180"/>
     </row>
-    <row r="5" spans="1:37">
+    <row r="5" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="O5" s="180"/>
     </row>
-    <row r="6" spans="1:37">
+    <row r="6" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="O6" s="180"/>
       <c r="P6" s="156"/>
     </row>
-    <row r="7" spans="1:37">
+    <row r="7" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="O7" s="180"/>
       <c r="P7" s="156"/>
     </row>
-    <row r="8" spans="1:37">
+    <row r="8" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="O8" s="183"/>
       <c r="P8" s="156"/>
     </row>
-    <row r="9" spans="1:37">
+    <row r="9" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="148"/>
       <c r="O9" s="180"/>
       <c r="P9" s="156"/>
     </row>
-    <row r="10" spans="1:37">
+    <row r="10" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="171"/>
       <c r="O10" s="180"/>
       <c r="P10" s="156"/>
     </row>
-    <row r="11" spans="1:37">
+    <row r="11" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="O11" s="180"/>
       <c r="P11" s="156"/>
     </row>
-    <row r="12" spans="1:37">
+    <row r="12" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="163"/>
       <c r="N12" s="148"/>
       <c r="O12" s="180"/>
       <c r="P12" s="156"/>
     </row>
-    <row r="13" spans="1:37">
+    <row r="13" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="148"/>
       <c r="O13" s="180"/>
       <c r="P13" s="156"/>
     </row>
-    <row r="14" spans="1:37">
+    <row r="14" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="O14" s="180"/>
       <c r="P14" s="156"/>
     </row>
-    <row r="15" spans="1:37">
+    <row r="15" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="161"/>
       <c r="N15" s="149"/>
       <c r="O15" s="180"/>
       <c r="P15" s="156"/>
     </row>
-    <row r="16" spans="1:37">
+    <row r="16" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="149"/>
       <c r="O16" s="180"/>
       <c r="P16" s="156"/>
     </row>
-    <row r="17" spans="1:16">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="180"/>
       <c r="P17" s="156"/>
     </row>
-    <row r="18" spans="1:16">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="O18" s="180"/>
       <c r="P18" s="156"/>
     </row>
-    <row r="19" spans="1:16">
+    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="O19" s="180"/>
       <c r="P19" s="156"/>
     </row>
-    <row r="20" spans="1:16">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="O20" s="180"/>
       <c r="P20" s="156"/>
     </row>
-    <row r="21" spans="1:16">
+    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="174"/>
       <c r="O21" s="180"/>
       <c r="P21" s="156"/>
     </row>
-    <row r="22" spans="1:16">
+    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="148"/>
       <c r="O22" s="180"/>
       <c r="P22" s="156"/>
     </row>
-    <row r="23" spans="1:16">
+    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="148"/>
       <c r="O23" s="180"/>
       <c r="P23" s="156"/>
     </row>
-    <row r="24" spans="1:16">
+    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="148"/>
       <c r="O24" s="180"/>
       <c r="P24" s="156"/>
     </row>
-    <row r="25" spans="1:16">
+    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="148"/>
       <c r="O25" s="180"/>
       <c r="P25" s="156"/>
     </row>
-    <row r="26" spans="1:16">
+    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="148"/>
       <c r="O26" s="180"/>
       <c r="P26" s="156"/>
     </row>
-    <row r="27" spans="1:16">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="148"/>
       <c r="O27" s="180"/>
       <c r="P27" s="156"/>
     </row>
-    <row r="28" spans="1:16">
+    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="148"/>
       <c r="O28" s="180"/>
       <c r="P28" s="156"/>
     </row>
-    <row r="29" spans="1:16">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="148"/>
       <c r="O29" s="180"/>
       <c r="P29" s="156"/>
     </row>
-    <row r="30" spans="1:16">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="148"/>
       <c r="O30" s="180"/>
       <c r="P30" s="156"/>
     </row>
-    <row r="31" spans="1:16">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="O31" s="180"/>
       <c r="P31" s="156"/>
     </row>
-    <row r="32" spans="1:16">
+    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="O32" s="180"/>
       <c r="P32" s="156"/>
     </row>
-    <row r="33" spans="1:16">
+    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="O33" s="180"/>
       <c r="P33" s="156"/>
     </row>
-    <row r="34" spans="1:16">
+    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="O34" s="180"/>
       <c r="P34" s="156"/>
     </row>
-    <row r="35" spans="1:16">
+    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="O35" s="180"/>
       <c r="P35" s="156"/>
     </row>
-    <row r="36" spans="1:16">
+    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="O36" s="180"/>
       <c r="P36" s="156"/>
     </row>
-    <row r="37" spans="1:16">
+    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="O37" s="180"/>
       <c r="P37" s="156"/>
     </row>
-    <row r="38" spans="1:16">
+    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="148"/>
       <c r="O38" s="180"/>
       <c r="P38" s="156"/>
     </row>
-    <row r="39" spans="1:16">
+    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="148"/>
       <c r="O39" s="180"/>
       <c r="P39" s="156"/>
     </row>
-    <row r="40" spans="1:16">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="148"/>
       <c r="O40" s="180"/>
       <c r="P40" s="156"/>
     </row>
-    <row r="41" spans="1:16">
+    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="148"/>
       <c r="O41" s="180"/>
       <c r="P41" s="156"/>
     </row>
-    <row r="42" spans="1:16">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="148"/>
       <c r="O42" s="180"/>
       <c r="P42" s="156"/>
     </row>
-    <row r="43" spans="1:16">
+    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="148"/>
       <c r="O43" s="180"/>
       <c r="P43" s="156"/>
     </row>
-    <row r="44" spans="1:16">
+    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="35"/>
       <c r="O44" s="180"/>
       <c r="P44" s="156"/>
     </row>
-    <row r="45" spans="1:16">
+    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="N45" s="173"/>
       <c r="O45" s="180"/>
       <c r="P45" s="156"/>
     </row>
-    <row r="46" spans="1:16">
+    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="O46" s="180"/>
       <c r="P46" s="156"/>
     </row>
-    <row r="47" spans="1:16">
+    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="149"/>
       <c r="O47" s="180"/>
       <c r="P47" s="156"/>
     </row>
-    <row r="48" spans="1:16">
+    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="148"/>
       <c r="O48" s="180"/>
       <c r="P48" s="156"/>
     </row>
-    <row r="49" spans="1:16">
+    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="148"/>
       <c r="O49" s="180"/>
       <c r="P49" s="156"/>
     </row>
-    <row r="50" spans="1:16">
+    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="148"/>
       <c r="O50" s="180"/>
       <c r="P50" s="156"/>
     </row>
-    <row r="51" spans="1:16">
+    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="148"/>
       <c r="O51" s="180"/>
       <c r="P51" s="156"/>
     </row>
-    <row r="52" spans="1:16">
+    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="O52" s="180"/>
       <c r="P52" s="156"/>
     </row>
-    <row r="53" spans="1:16">
+    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="122"/>
       <c r="O53" s="180"/>
     </row>
-    <row r="54" spans="1:16">
+    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="122"/>
       <c r="O54" s="180"/>
     </row>
-    <row r="55" spans="1:16" ht="12" customHeight="1">
+    <row r="55" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="O55" s="180"/>
     </row>
-    <row r="56" spans="1:16">
+    <row r="56" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="O56" s="180"/>
     </row>
-    <row r="57" spans="1:16">
+    <row r="57" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="185"/>
     </row>
-    <row r="59" spans="1:16" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AJ59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G2" sqref="C1:G65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="7" width="8.140625" hidden="1" customWidth="1"/>
     <col min="8" max="12" width="8.140625" customWidth="1"/>
     <col min="13" max="13" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="3.85546875" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" customWidth="1"/>
     <col min="16" max="17" width="7.5703125" customWidth="1"/>
     <col min="18" max="18" width="1.5703125" customWidth="1"/>
     <col min="19" max="19" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="20" max="21" width="7.5703125" customWidth="1"/>
     <col min="22" max="22" width="8.5703125" customWidth="1"/>
     <col min="23" max="23" width="7.5703125" customWidth="1"/>
     <col min="24" max="24" width="12.140625" customWidth="1"/>
     <col min="25" max="28" width="7.5703125" customWidth="1"/>
     <col min="29" max="29" width="1.5703125" customWidth="1"/>
     <col min="30" max="30" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="34" width="7.5703125" customWidth="1"/>
     <col min="35" max="35" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:36" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="210"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
     </row>
-    <row r="2" spans="1:36">
+    <row r="2" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="N2" s="129"/>
     </row>
-    <row r="3" spans="1:36">
+    <row r="3" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="180"/>
     </row>
-    <row r="4" spans="1:36">
+    <row r="4" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="180"/>
     </row>
-    <row r="5" spans="1:36">
+    <row r="5" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177">
         <v>2010</v>
       </c>
       <c r="M5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="N5" s="180"/>
     </row>
-    <row r="6" spans="1:36">
+    <row r="6" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="186">
         <v>0.40200000000000002</v>
       </c>
       <c r="M6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="N6" s="180"/>
       <c r="O6" s="156"/>
     </row>
-    <row r="7" spans="1:36">
+    <row r="7" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="186">
         <v>0.36</v>
       </c>
       <c r="M7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="N7" s="180"/>
       <c r="O7" s="156"/>
     </row>
-    <row r="8" spans="1:36">
+    <row r="8" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="118">
         <v>0.14799999999999999</v>
       </c>
       <c r="M8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="N8" s="183"/>
       <c r="O8" s="156"/>
     </row>
-    <row r="9" spans="1:36">
+    <row r="9" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="148"/>
       <c r="N9" s="180"/>
       <c r="O9" s="156"/>
     </row>
-    <row r="10" spans="1:36">
+    <row r="10" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="171"/>
       <c r="N10" s="180"/>
       <c r="O10" s="156"/>
     </row>
-    <row r="11" spans="1:36">
+    <row r="11" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="115">
         <v>0.20699999999999999</v>
       </c>
       <c r="M11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="N11" s="180"/>
       <c r="O11" s="156"/>
     </row>
-    <row r="12" spans="1:36">
+    <row r="12" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="163"/>
       <c r="M12" s="148"/>
       <c r="N12" s="180"/>
       <c r="O12" s="156"/>
     </row>
-    <row r="13" spans="1:36">
+    <row r="13" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="148"/>
       <c r="N13" s="180"/>
       <c r="O13" s="156"/>
     </row>
-    <row r="14" spans="1:36">
+    <row r="14" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="126">
         <v>0.19900000000000001</v>
       </c>
       <c r="M14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="N14" s="180"/>
       <c r="O14" s="156"/>
     </row>
-    <row r="15" spans="1:36">
+    <row r="15" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="161"/>
       <c r="M15" s="149"/>
       <c r="N15" s="180"/>
       <c r="O15" s="156"/>
     </row>
-    <row r="16" spans="1:36">
+    <row r="16" spans="1:36" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="149"/>
       <c r="N16" s="180"/>
       <c r="O16" s="156"/>
     </row>
-    <row r="17" spans="1:15">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="180"/>
       <c r="O17" s="156"/>
     </row>
-    <row r="18" spans="1:15">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="N18" s="180"/>
       <c r="O18" s="156"/>
     </row>
-    <row r="19" spans="1:15">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="115">
         <v>0.21099999999999999</v>
       </c>
       <c r="M19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="N19" s="180"/>
       <c r="O19" s="156"/>
     </row>
-    <row r="20" spans="1:15">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="115">
         <v>0.53</v>
       </c>
       <c r="M20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="N20" s="180"/>
       <c r="O20" s="156"/>
     </row>
-    <row r="21" spans="1:15">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="174"/>
       <c r="N21" s="180"/>
       <c r="O21" s="156"/>
     </row>
-    <row r="22" spans="1:15">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="148"/>
       <c r="N22" s="180"/>
       <c r="O22" s="156"/>
     </row>
-    <row r="23" spans="1:15">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="148"/>
       <c r="N23" s="180"/>
       <c r="O23" s="156"/>
     </row>
-    <row r="24" spans="1:15">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="148"/>
       <c r="N24" s="180"/>
       <c r="O24" s="156"/>
     </row>
-    <row r="25" spans="1:15">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="148"/>
       <c r="N25" s="180"/>
       <c r="O25" s="156"/>
     </row>
-    <row r="26" spans="1:15">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="148"/>
       <c r="N26" s="180"/>
       <c r="O26" s="156"/>
     </row>
-    <row r="27" spans="1:15">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="148"/>
       <c r="N27" s="180"/>
       <c r="O27" s="156"/>
     </row>
-    <row r="28" spans="1:15">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="148"/>
       <c r="N28" s="180"/>
       <c r="O28" s="156"/>
     </row>
-    <row r="29" spans="1:15">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="148"/>
       <c r="N29" s="180"/>
       <c r="O29" s="156"/>
     </row>
-    <row r="30" spans="1:15">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="148"/>
       <c r="N30" s="180"/>
       <c r="O30" s="156"/>
     </row>
-    <row r="31" spans="1:15">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="N31" s="180"/>
       <c r="O31" s="156"/>
     </row>
-    <row r="32" spans="1:15">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="N32" s="180"/>
       <c r="O32" s="156"/>
     </row>
-    <row r="33" spans="1:15">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="N33" s="180"/>
       <c r="O33" s="156"/>
     </row>
-    <row r="34" spans="1:15">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="N34" s="180"/>
       <c r="O34" s="156"/>
     </row>
-    <row r="35" spans="1:15">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="N35" s="180"/>
       <c r="O35" s="156"/>
     </row>
-    <row r="36" spans="1:15">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="N36" s="180"/>
       <c r="O36" s="156"/>
     </row>
-    <row r="37" spans="1:15">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="N37" s="180"/>
       <c r="O37" s="156"/>
     </row>
-    <row r="38" spans="1:15">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="148"/>
       <c r="N38" s="180"/>
       <c r="O38" s="156"/>
     </row>
-    <row r="39" spans="1:15">
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="148"/>
       <c r="N39" s="180"/>
       <c r="O39" s="156"/>
     </row>
-    <row r="40" spans="1:15">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="148"/>
       <c r="N40" s="180"/>
       <c r="O40" s="156"/>
     </row>
-    <row r="41" spans="1:15">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="148"/>
       <c r="N41" s="180"/>
       <c r="O41" s="156"/>
     </row>
-    <row r="42" spans="1:15">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="148"/>
       <c r="N42" s="180"/>
       <c r="O42" s="156"/>
     </row>
-    <row r="43" spans="1:15">
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="148"/>
       <c r="N43" s="180"/>
       <c r="O43" s="156"/>
     </row>
-    <row r="44" spans="1:15">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="35"/>
       <c r="N44" s="180"/>
       <c r="O44" s="156"/>
     </row>
-    <row r="45" spans="1:15">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="M45" s="173"/>
       <c r="N45" s="180"/>
       <c r="O45" s="156"/>
     </row>
-    <row r="46" spans="1:15">
+    <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="N46" s="180"/>
       <c r="O46" s="156"/>
     </row>
-    <row r="47" spans="1:15">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="149"/>
       <c r="N47" s="180"/>
       <c r="O47" s="156"/>
     </row>
-    <row r="48" spans="1:15">
+    <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="148"/>
       <c r="N48" s="180"/>
       <c r="O48" s="156"/>
     </row>
-    <row r="49" spans="1:15">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="148"/>
       <c r="N49" s="180"/>
       <c r="O49" s="156"/>
     </row>
-    <row r="50" spans="1:15">
+    <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="148"/>
       <c r="N50" s="180"/>
       <c r="O50" s="156"/>
     </row>
-    <row r="51" spans="1:15">
+    <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="148"/>
       <c r="N51" s="180"/>
       <c r="O51" s="156"/>
     </row>
-    <row r="52" spans="1:15">
+    <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="126">
         <v>0</v>
       </c>
       <c r="M52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="N52" s="180"/>
       <c r="O52" s="156"/>
     </row>
-    <row r="53" spans="1:15">
+    <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="122"/>
       <c r="N53" s="180"/>
     </row>
-    <row r="54" spans="1:15">
+    <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="122"/>
       <c r="N54" s="180"/>
     </row>
-    <row r="55" spans="1:15" ht="12" customHeight="1">
+    <row r="55" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="157">
         <v>0.5</v>
       </c>
       <c r="M55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="N55" s="180"/>
     </row>
-    <row r="56" spans="1:15">
+    <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="125">
         <v>0.26</v>
       </c>
       <c r="M56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="N56" s="180"/>
     </row>
-    <row r="57" spans="1:15">
+    <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="185"/>
     </row>
-    <row r="59" spans="1:15" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AI59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F2" sqref="C1:F65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="6" width="8.140625" hidden="1" customWidth="1"/>
     <col min="7" max="11" width="8.140625" customWidth="1"/>
     <col min="12" max="12" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="3.85546875" customWidth="1"/>
     <col min="14" max="14" width="8.5703125" customWidth="1"/>
     <col min="15" max="16" width="7.5703125" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" customWidth="1"/>
     <col min="18" max="18" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="7.5703125" customWidth="1"/>
     <col min="21" max="21" width="8.5703125" customWidth="1"/>
     <col min="22" max="22" width="7.5703125" customWidth="1"/>
     <col min="23" max="23" width="12.140625" customWidth="1"/>
     <col min="24" max="27" width="7.5703125" customWidth="1"/>
     <col min="28" max="28" width="1.5703125" customWidth="1"/>
     <col min="29" max="29" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="30" max="33" width="7.5703125" customWidth="1"/>
     <col min="34" max="34" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:35" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="210"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
     </row>
-    <row r="2" spans="1:35">
+    <row r="2" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="M2" s="129"/>
     </row>
-    <row r="3" spans="1:35">
+    <row r="3" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="180"/>
     </row>
-    <row r="4" spans="1:35">
+    <row r="4" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="180"/>
     </row>
-    <row r="5" spans="1:35">
+    <row r="5" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177">
         <v>2009</v>
       </c>
       <c r="L5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="M5" s="180"/>
     </row>
-    <row r="6" spans="1:35">
+    <row r="6" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="186">
         <v>0.318</v>
       </c>
       <c r="L6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="M6" s="180"/>
       <c r="N6" s="156"/>
     </row>
-    <row r="7" spans="1:35">
+    <row r="7" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="186">
         <v>0.28399999999999997</v>
       </c>
       <c r="L7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="M7" s="180"/>
       <c r="N7" s="156"/>
     </row>
-    <row r="8" spans="1:35">
+    <row r="8" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="118">
         <v>0.114</v>
       </c>
       <c r="L8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="M8" s="183"/>
       <c r="N8" s="156"/>
     </row>
-    <row r="9" spans="1:35">
+    <row r="9" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="148"/>
       <c r="M9" s="180"/>
       <c r="N9" s="156"/>
     </row>
-    <row r="10" spans="1:35">
+    <row r="10" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="171"/>
       <c r="M10" s="180"/>
       <c r="N10" s="156"/>
     </row>
-    <row r="11" spans="1:35">
+    <row r="11" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="115">
         <v>0.19600000000000001</v>
       </c>
       <c r="L11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="M11" s="180"/>
       <c r="N11" s="156"/>
     </row>
-    <row r="12" spans="1:35">
+    <row r="12" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="163"/>
       <c r="L12" s="148"/>
       <c r="M12" s="180"/>
       <c r="N12" s="156"/>
     </row>
-    <row r="13" spans="1:35">
+    <row r="13" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="148"/>
       <c r="M13" s="180"/>
       <c r="N13" s="156"/>
     </row>
-    <row r="14" spans="1:35">
+    <row r="14" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="126">
         <v>0.16800000000000001</v>
       </c>
       <c r="L14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="M14" s="180"/>
       <c r="N14" s="156"/>
     </row>
-    <row r="15" spans="1:35">
+    <row r="15" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="161"/>
       <c r="L15" s="149"/>
       <c r="M15" s="180"/>
       <c r="N15" s="156"/>
     </row>
-    <row r="16" spans="1:35">
+    <row r="16" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="149"/>
       <c r="M16" s="180"/>
       <c r="N16" s="156"/>
     </row>
-    <row r="17" spans="1:14">
+    <row r="17" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="180"/>
       <c r="N17" s="156"/>
     </row>
-    <row r="18" spans="1:14">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="M18" s="180"/>
       <c r="N18" s="156"/>
     </row>
-    <row r="19" spans="1:14">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="115">
         <v>0.17699999999999999</v>
       </c>
       <c r="L19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="M19" s="180"/>
       <c r="N19" s="156"/>
     </row>
-    <row r="20" spans="1:14">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="115">
         <v>0.42</v>
       </c>
       <c r="L20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="M20" s="180"/>
       <c r="N20" s="156"/>
     </row>
-    <row r="21" spans="1:14">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="174"/>
       <c r="M21" s="180"/>
       <c r="N21" s="156"/>
     </row>
-    <row r="22" spans="1:14">
+    <row r="22" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="148"/>
       <c r="M22" s="180"/>
       <c r="N22" s="156"/>
     </row>
-    <row r="23" spans="1:14">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="148"/>
       <c r="M23" s="180"/>
       <c r="N23" s="156"/>
     </row>
-    <row r="24" spans="1:14">
+    <row r="24" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="148"/>
       <c r="M24" s="180"/>
       <c r="N24" s="156"/>
     </row>
-    <row r="25" spans="1:14">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="148"/>
       <c r="M25" s="180"/>
       <c r="N25" s="156"/>
     </row>
-    <row r="26" spans="1:14">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="148"/>
       <c r="M26" s="180"/>
       <c r="N26" s="156"/>
     </row>
-    <row r="27" spans="1:14">
+    <row r="27" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="148"/>
       <c r="M27" s="180"/>
       <c r="N27" s="156"/>
     </row>
-    <row r="28" spans="1:14">
+    <row r="28" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="148"/>
       <c r="M28" s="180"/>
       <c r="N28" s="156"/>
     </row>
-    <row r="29" spans="1:14">
+    <row r="29" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="148"/>
       <c r="M29" s="180"/>
       <c r="N29" s="156"/>
     </row>
-    <row r="30" spans="1:14">
+    <row r="30" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="148"/>
       <c r="M30" s="180"/>
       <c r="N30" s="156"/>
     </row>
-    <row r="31" spans="1:14">
+    <row r="31" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="M31" s="180"/>
       <c r="N31" s="156"/>
     </row>
-    <row r="32" spans="1:14">
+    <row r="32" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="M32" s="180"/>
       <c r="N32" s="156"/>
     </row>
-    <row r="33" spans="1:14">
+    <row r="33" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="M33" s="180"/>
       <c r="N33" s="156"/>
     </row>
-    <row r="34" spans="1:14">
+    <row r="34" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="M34" s="180"/>
       <c r="N34" s="156"/>
     </row>
-    <row r="35" spans="1:14">
+    <row r="35" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="M35" s="180"/>
       <c r="N35" s="156"/>
     </row>
-    <row r="36" spans="1:14">
+    <row r="36" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="M36" s="180"/>
       <c r="N36" s="156"/>
     </row>
-    <row r="37" spans="1:14">
+    <row r="37" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="M37" s="180"/>
       <c r="N37" s="156"/>
     </row>
-    <row r="38" spans="1:14">
+    <row r="38" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="148"/>
       <c r="M38" s="180"/>
       <c r="N38" s="156"/>
     </row>
-    <row r="39" spans="1:14">
+    <row r="39" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="148"/>
       <c r="M39" s="180"/>
       <c r="N39" s="156"/>
     </row>
-    <row r="40" spans="1:14">
+    <row r="40" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="148"/>
       <c r="M40" s="180"/>
       <c r="N40" s="156"/>
     </row>
-    <row r="41" spans="1:14">
+    <row r="41" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="148"/>
       <c r="M41" s="180"/>
       <c r="N41" s="156"/>
     </row>
-    <row r="42" spans="1:14">
+    <row r="42" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="148"/>
       <c r="M42" s="180"/>
       <c r="N42" s="156"/>
     </row>
-    <row r="43" spans="1:14">
+    <row r="43" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="148"/>
       <c r="M43" s="180"/>
       <c r="N43" s="156"/>
     </row>
-    <row r="44" spans="1:14">
+    <row r="44" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="35"/>
       <c r="M44" s="180"/>
       <c r="N44" s="156"/>
     </row>
-    <row r="45" spans="1:14">
+    <row r="45" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="173"/>
       <c r="M45" s="180"/>
       <c r="N45" s="156"/>
     </row>
-    <row r="46" spans="1:14">
+    <row r="46" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M46" s="180"/>
       <c r="N46" s="156"/>
     </row>
-    <row r="47" spans="1:14">
+    <row r="47" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="149"/>
       <c r="M47" s="180"/>
       <c r="N47" s="156"/>
     </row>
-    <row r="48" spans="1:14">
+    <row r="48" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="148"/>
       <c r="M48" s="180"/>
       <c r="N48" s="156"/>
     </row>
-    <row r="49" spans="1:14">
+    <row r="49" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="148"/>
       <c r="M49" s="180"/>
       <c r="N49" s="156"/>
     </row>
-    <row r="50" spans="1:14">
+    <row r="50" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="148"/>
       <c r="M50" s="180"/>
       <c r="N50" s="156"/>
     </row>
-    <row r="51" spans="1:14">
+    <row r="51" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="148"/>
       <c r="M51" s="180"/>
       <c r="N51" s="156"/>
     </row>
-    <row r="52" spans="1:14">
+    <row r="52" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="126">
         <v>0</v>
       </c>
       <c r="L52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M52" s="180"/>
       <c r="N52" s="156"/>
     </row>
-    <row r="53" spans="1:14">
+    <row r="53" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="122"/>
       <c r="M53" s="180"/>
     </row>
-    <row r="54" spans="1:14">
+    <row r="54" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="122"/>
       <c r="M54" s="180"/>
     </row>
-    <row r="55" spans="1:14" ht="12" customHeight="1">
+    <row r="55" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="157">
         <v>0.5</v>
       </c>
       <c r="L55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="M55" s="180"/>
     </row>
-    <row r="56" spans="1:14">
+    <row r="56" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="125">
         <v>0.26</v>
       </c>
       <c r="L56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="M56" s="180"/>
     </row>
-    <row r="57" spans="1:14">
+    <row r="57" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="185"/>
     </row>
-    <row r="59" spans="1:14" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AH59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E2" sqref="C1:E65536"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="8.140625" hidden="1" customWidth="1"/>
     <col min="6" max="10" width="8.140625" customWidth="1"/>
     <col min="11" max="11" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="3.85546875" customWidth="1"/>
     <col min="13" max="13" width="8.5703125" customWidth="1"/>
     <col min="14" max="15" width="7.5703125" customWidth="1"/>
     <col min="16" max="16" width="1.5703125" customWidth="1"/>
     <col min="17" max="17" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="7.5703125" customWidth="1"/>
     <col min="20" max="20" width="8.5703125" customWidth="1"/>
     <col min="21" max="21" width="7.5703125" customWidth="1"/>
     <col min="22" max="22" width="12.140625" customWidth="1"/>
     <col min="23" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
     <col min="28" max="28" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:34" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="210"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
     </row>
-    <row r="2" spans="1:34">
+    <row r="2" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="L2" s="129"/>
     </row>
-    <row r="3" spans="1:34">
+    <row r="3" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="180"/>
     </row>
-    <row r="4" spans="1:34">
+    <row r="4" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="180"/>
     </row>
-    <row r="5" spans="1:34">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
       <c r="K5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="L5" s="180"/>
     </row>
-    <row r="6" spans="1:34">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
       <c r="K6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="L6" s="180"/>
       <c r="M6" s="156"/>
     </row>
-    <row r="7" spans="1:34">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
       <c r="K7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="L7" s="180"/>
       <c r="M7" s="156"/>
     </row>
-    <row r="8" spans="1:34">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
       <c r="K8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="L8" s="183"/>
       <c r="M8" s="156"/>
     </row>
-    <row r="9" spans="1:34">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="148"/>
       <c r="L9" s="180"/>
       <c r="M9" s="156"/>
     </row>
-    <row r="10" spans="1:34">
+    <row r="10" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="171"/>
       <c r="L10" s="180"/>
       <c r="M10" s="156"/>
     </row>
-    <row r="11" spans="1:34">
+    <row r="11" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D11" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.115</v>
       </c>
       <c r="F11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H11" s="162">
         <v>0.19</v>
       </c>
       <c r="I11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="J11" s="115">
         <v>0.20599999999999999</v>
       </c>
       <c r="K11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="L11" s="180"/>
       <c r="M11" s="156"/>
     </row>
-    <row r="12" spans="1:34">
+    <row r="12" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="111"/>
       <c r="D12" s="112"/>
       <c r="E12" s="113"/>
       <c r="F12" s="113"/>
       <c r="G12" s="113"/>
       <c r="H12" s="163"/>
       <c r="I12" s="175"/>
       <c r="J12" s="163"/>
       <c r="K12" s="148"/>
       <c r="L12" s="180"/>
       <c r="M12" s="156"/>
     </row>
-    <row r="13" spans="1:34">
+    <row r="13" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="148"/>
       <c r="L13" s="180"/>
       <c r="M13" s="156"/>
     </row>
-    <row r="14" spans="1:34">
+    <row r="14" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D14" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F14" s="113">
         <v>0.223</v>
       </c>
       <c r="G14" s="113">
         <v>0.186</v>
       </c>
       <c r="H14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J14" s="126">
         <v>0.161</v>
       </c>
       <c r="K14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="L14" s="180"/>
       <c r="M14" s="156"/>
     </row>
-    <row r="15" spans="1:34">
+    <row r="15" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="81"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="97"/>
       <c r="J15" s="161"/>
       <c r="K15" s="149"/>
       <c r="L15" s="180"/>
       <c r="M15" s="156"/>
     </row>
-    <row r="16" spans="1:34">
+    <row r="16" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="149"/>
       <c r="L16" s="180"/>
       <c r="M16" s="156"/>
     </row>
-    <row r="17" spans="1:13">
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="180"/>
       <c r="M17" s="156"/>
     </row>
-    <row r="18" spans="1:13">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="L18" s="180"/>
       <c r="M18" s="156"/>
     </row>
-    <row r="19" spans="1:13">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
       <c r="K19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="L19" s="180"/>
       <c r="M19" s="156"/>
     </row>
-    <row r="20" spans="1:13">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
       <c r="K20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="L20" s="180"/>
       <c r="M20" s="156"/>
     </row>
-    <row r="21" spans="1:13">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="174"/>
       <c r="L21" s="180"/>
       <c r="M21" s="156"/>
     </row>
-    <row r="22" spans="1:13">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="148"/>
       <c r="L22" s="180"/>
       <c r="M22" s="156"/>
     </row>
-    <row r="23" spans="1:13">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="148"/>
       <c r="L23" s="180"/>
       <c r="M23" s="156"/>
     </row>
-    <row r="24" spans="1:13">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="148"/>
       <c r="L24" s="180"/>
       <c r="M24" s="156"/>
     </row>
-    <row r="25" spans="1:13">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="148"/>
       <c r="L25" s="180"/>
       <c r="M25" s="156"/>
     </row>
-    <row r="26" spans="1:13">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="148"/>
       <c r="L26" s="180"/>
       <c r="M26" s="156"/>
     </row>
-    <row r="27" spans="1:13">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="148"/>
       <c r="L27" s="180"/>
       <c r="M27" s="156"/>
     </row>
-    <row r="28" spans="1:13">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="148"/>
       <c r="L28" s="180"/>
       <c r="M28" s="156"/>
     </row>
-    <row r="29" spans="1:13">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="148"/>
       <c r="L29" s="180"/>
       <c r="M29" s="156"/>
     </row>
-    <row r="30" spans="1:13">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="148"/>
       <c r="L30" s="180"/>
       <c r="M30" s="156"/>
     </row>
-    <row r="31" spans="1:13">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="L31" s="180"/>
       <c r="M31" s="156"/>
     </row>
-    <row r="32" spans="1:13">
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="L32" s="180"/>
       <c r="M32" s="156"/>
     </row>
-    <row r="33" spans="1:13">
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="L33" s="180"/>
       <c r="M33" s="156"/>
     </row>
-    <row r="34" spans="1:13">
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="L34" s="180"/>
       <c r="M34" s="156"/>
     </row>
-    <row r="35" spans="1:13">
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="L35" s="180"/>
       <c r="M35" s="156"/>
     </row>
-    <row r="36" spans="1:13">
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="L36" s="180"/>
       <c r="M36" s="156"/>
     </row>
-    <row r="37" spans="1:13">
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="L37" s="180"/>
       <c r="M37" s="156"/>
     </row>
-    <row r="38" spans="1:13">
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="148"/>
       <c r="L38" s="180"/>
       <c r="M38" s="156"/>
     </row>
-    <row r="39" spans="1:13">
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="148"/>
       <c r="L39" s="180"/>
       <c r="M39" s="156"/>
     </row>
-    <row r="40" spans="1:13">
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="148"/>
       <c r="L40" s="180"/>
       <c r="M40" s="156"/>
     </row>
-    <row r="41" spans="1:13">
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="148"/>
       <c r="L41" s="180"/>
       <c r="M41" s="156"/>
     </row>
-    <row r="42" spans="1:13">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="148"/>
       <c r="L42" s="180"/>
       <c r="M42" s="156"/>
     </row>
-    <row r="43" spans="1:13">
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="148"/>
       <c r="L43" s="180"/>
       <c r="M43" s="156"/>
     </row>
-    <row r="44" spans="1:13">
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="35"/>
       <c r="L44" s="180"/>
       <c r="M44" s="156"/>
     </row>
-    <row r="45" spans="1:13">
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="173"/>
       <c r="L45" s="180"/>
       <c r="M45" s="156"/>
     </row>
-    <row r="46" spans="1:13">
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="L46" s="180"/>
       <c r="M46" s="156"/>
     </row>
-    <row r="47" spans="1:13">
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="149"/>
       <c r="L47" s="180"/>
       <c r="M47" s="156"/>
     </row>
-    <row r="48" spans="1:13">
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="148"/>
       <c r="L48" s="180"/>
       <c r="M48" s="156"/>
     </row>
-    <row r="49" spans="1:13">
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="148"/>
       <c r="L49" s="180"/>
       <c r="M49" s="156"/>
     </row>
-    <row r="50" spans="1:13">
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="148"/>
       <c r="L50" s="180"/>
       <c r="M50" s="156"/>
     </row>
-    <row r="51" spans="1:13">
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="148"/>
       <c r="L51" s="180"/>
       <c r="M51" s="156"/>
     </row>
-    <row r="52" spans="1:13">
+    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
       <c r="J52" s="126">
         <v>0</v>
       </c>
       <c r="K52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="L52" s="180"/>
       <c r="M52" s="156"/>
     </row>
-    <row r="53" spans="1:13">
+    <row r="53" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="122"/>
       <c r="L53" s="180"/>
     </row>
-    <row r="54" spans="1:13">
+    <row r="54" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="122"/>
       <c r="L54" s="180"/>
     </row>
-    <row r="55" spans="1:13" ht="12" customHeight="1">
+    <row r="55" spans="1:13" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
       <c r="K55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="L55" s="180"/>
     </row>
-    <row r="56" spans="1:13">
+    <row r="56" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
       </c>
       <c r="K56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="L56" s="180"/>
     </row>
-    <row r="57" spans="1:13">
+    <row r="57" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="185"/>
     </row>
-    <row r="59" spans="1:13" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91609897-0ABB-4D7D-AEFB-77461DE2BB6F}">
   <sheetPr syncVertical="1" syncRef="A7" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB34"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A7" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.42578125" customWidth="1"/>
     <col min="7" max="7" width="8.5703125" customWidth="1"/>
     <col min="8" max="9" width="7.5703125" customWidth="1"/>
     <col min="10" max="10" width="1.5703125" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="7.5703125" customWidth="1"/>
     <col min="14" max="14" width="8.5703125" customWidth="1"/>
     <col min="15" max="15" width="7.5703125" customWidth="1"/>
     <col min="16" max="16" width="12.140625" customWidth="1"/>
     <col min="17" max="20" width="7.5703125" customWidth="1"/>
     <col min="21" max="21" width="1.5703125" customWidth="1"/>
     <col min="22" max="22" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:28" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="210"/>
       <c r="G1" s="130"/>
       <c r="H1" s="130"/>
       <c r="I1" s="130"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
     </row>
-    <row r="2" spans="1:28">
+    <row r="2" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="F2" s="129"/>
     </row>
-    <row r="3" spans="1:28">
+    <row r="3" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="180"/>
     </row>
-    <row r="4" spans="1:28" ht="8.25" customHeight="1">
+    <row r="4" spans="1:28" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="176"/>
       <c r="C4" s="176"/>
       <c r="D4" s="176"/>
       <c r="E4" s="176"/>
       <c r="F4" s="180"/>
     </row>
-    <row r="5" spans="1:28" ht="21.75">
+    <row r="5" spans="1:28" ht="21.75" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="200">
         <v>2023</v>
       </c>
       <c r="C5" s="200">
         <v>2024</v>
       </c>
       <c r="D5" s="200" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="E5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="F5" s="180"/>
     </row>
-    <row r="6" spans="1:28">
+    <row r="6" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="186">
         <v>0.314</v>
       </c>
       <c r="C6" s="186">
         <v>0.39400000000000002</v>
       </c>
       <c r="D6" s="186">
         <v>0.38800000000000001</v>
       </c>
       <c r="E6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="F6" s="180"/>
       <c r="G6" s="156"/>
     </row>
-    <row r="7" spans="1:28">
+    <row r="7" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="186">
         <v>0.26600000000000001</v>
       </c>
       <c r="C7" s="186">
         <v>0.34899999999999998</v>
       </c>
       <c r="D7" s="186">
         <v>0.314</v>
       </c>
       <c r="E7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="F7" s="180"/>
       <c r="G7" s="156"/>
     </row>
-    <row r="8" spans="1:28">
+    <row r="8" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="194">
         <v>0.23599999999999999</v>
       </c>
       <c r="C8" s="194">
         <v>0.23</v>
       </c>
       <c r="D8" s="194">
         <v>0.23699999999999999</v>
       </c>
       <c r="E8" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="F8" s="180"/>
       <c r="G8" s="156"/>
     </row>
-    <row r="9" spans="1:28">
+    <row r="9" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="187"/>
       <c r="C9" s="187"/>
       <c r="D9" s="187"/>
       <c r="E9" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="F9" s="180"/>
       <c r="G9" s="156"/>
     </row>
-    <row r="10" spans="1:28">
+    <row r="10" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="163"/>
       <c r="C10" s="163"/>
       <c r="D10" s="163"/>
       <c r="E10" s="204" t="s">
-        <v>6</v>
+        <v>169</v>
       </c>
       <c r="F10" s="180"/>
       <c r="G10" s="156"/>
     </row>
-    <row r="11" spans="1:28">
+    <row r="11" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="163"/>
       <c r="C11" s="163"/>
       <c r="D11" s="163"/>
       <c r="E11" s="204" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="F11" s="180"/>
       <c r="G11" s="156"/>
     </row>
-    <row r="12" spans="1:28">
+    <row r="12" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="163"/>
       <c r="C12" s="163"/>
       <c r="D12" s="163"/>
       <c r="E12" s="204" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="F12" s="180"/>
       <c r="G12" s="156"/>
     </row>
-    <row r="13" spans="1:28">
+    <row r="13" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="163"/>
       <c r="C13" s="163"/>
       <c r="D13" s="163"/>
       <c r="E13" s="204" t="s">
-        <v>9</v>
+        <v>159</v>
       </c>
       <c r="F13" s="180"/>
       <c r="G13" s="156"/>
     </row>
-    <row r="14" spans="1:28">
+    <row r="14" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="163"/>
       <c r="C14" s="163"/>
       <c r="D14" s="163"/>
       <c r="E14" s="204" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="F14" s="180"/>
       <c r="G14" s="156"/>
     </row>
-    <row r="15" spans="1:28">
+    <row r="15" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="163"/>
       <c r="C15" s="163"/>
       <c r="D15" s="163"/>
       <c r="E15" s="204" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F15" s="180"/>
       <c r="G15" s="156"/>
     </row>
-    <row r="16" spans="1:28">
+    <row r="16" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="163"/>
       <c r="C16" s="163"/>
       <c r="D16" s="163"/>
       <c r="E16" s="204" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="F16" s="180"/>
       <c r="G16" s="156"/>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="163"/>
       <c r="C17" s="163"/>
       <c r="D17" s="163"/>
       <c r="E17" s="204" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="F17" s="180"/>
       <c r="G17" s="156"/>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="163"/>
       <c r="C18" s="163"/>
       <c r="D18" s="163"/>
       <c r="E18" s="204" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="F18" s="180"/>
       <c r="G18" s="156"/>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="163"/>
       <c r="C19" s="163"/>
       <c r="D19" s="163"/>
       <c r="E19" s="204" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="F19" s="180"/>
       <c r="G19" s="156"/>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="126">
         <v>0.189</v>
       </c>
       <c r="C20" s="127">
         <v>0.19800000000000001</v>
       </c>
       <c r="D20" s="127">
         <v>0.19700000000000001</v>
       </c>
       <c r="E20" s="204" t="s">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="F20" s="180"/>
       <c r="G20" s="156"/>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="115">
         <v>0.443</v>
       </c>
       <c r="C21" s="115">
         <v>0.498</v>
       </c>
       <c r="D21" s="115">
         <v>0.51100000000000001</v>
       </c>
       <c r="E21" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="F21" s="180"/>
       <c r="G21" s="156"/>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="161"/>
       <c r="C22" s="161"/>
       <c r="D22" s="161"/>
       <c r="E22" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="F22" s="180"/>
       <c r="G22" s="156"/>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="161"/>
       <c r="C23" s="161"/>
       <c r="D23" s="161"/>
       <c r="E23" s="149" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="F23" s="180"/>
       <c r="G23" s="156"/>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="53"/>
       <c r="B24" s="35"/>
       <c r="D24" s="154"/>
       <c r="E24" s="154" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="F24" s="180"/>
       <c r="G24" s="156"/>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="C25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D25" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="E25" s="193" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="F25" s="180"/>
       <c r="G25" s="156"/>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="163"/>
       <c r="C26" s="163"/>
       <c r="D26" s="163"/>
       <c r="E26" s="204" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="F26" s="180"/>
       <c r="G26" s="156"/>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="126">
         <v>0</v>
       </c>
       <c r="C27" s="126">
         <v>0</v>
       </c>
       <c r="D27" s="126">
         <v>0</v>
       </c>
       <c r="E27" s="203" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="F27" s="180"/>
       <c r="G27" s="156"/>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="123"/>
       <c r="C28" s="123"/>
       <c r="D28" s="123"/>
       <c r="E28" s="122"/>
       <c r="F28" s="180"/>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="123"/>
       <c r="C29" s="123"/>
       <c r="D29" s="123"/>
       <c r="E29" s="122"/>
       <c r="F29" s="180"/>
     </row>
-    <row r="30" spans="1:7" ht="12" customHeight="1">
+    <row r="30" spans="1:7" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="C30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="D30" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="E30" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="F30" s="180"/>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="125">
         <v>0.26</v>
       </c>
       <c r="C31" s="125">
         <v>0.26</v>
       </c>
       <c r="D31" s="125">
         <v>0.26</v>
       </c>
       <c r="E31" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="F31" s="180"/>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="184"/>
       <c r="B32" s="51"/>
       <c r="C32" s="51"/>
       <c r="D32" s="51"/>
       <c r="E32" s="51"/>
       <c r="F32" s="185"/>
     </row>
-    <row r="34" ht="16.5" customHeight="1"/>
+    <row r="34" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AE59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G34" sqref="G34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="7" width="8.140625" customWidth="1"/>
     <col min="8" max="8" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="3.85546875" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" customWidth="1"/>
     <col min="11" max="12" width="7.5703125" customWidth="1"/>
     <col min="13" max="13" width="1.5703125" customWidth="1"/>
     <col min="14" max="14" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="7.5703125" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" customWidth="1"/>
     <col min="18" max="18" width="7.5703125" customWidth="1"/>
     <col min="19" max="19" width="12.140625" customWidth="1"/>
     <col min="20" max="23" width="7.5703125" customWidth="1"/>
     <col min="24" max="24" width="1.5703125" customWidth="1"/>
     <col min="25" max="25" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="26" max="29" width="7.5703125" customWidth="1"/>
     <col min="30" max="30" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:31" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="210"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
     </row>
-    <row r="2" spans="1:31">
+    <row r="2" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="I2" s="129"/>
     </row>
-    <row r="3" spans="1:31">
+    <row r="3" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="180"/>
     </row>
-    <row r="4" spans="1:31">
+    <row r="4" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="158"/>
       <c r="F4" s="2"/>
       <c r="G4" s="176"/>
       <c r="H4" s="176"/>
       <c r="I4" s="180"/>
     </row>
-    <row r="5" spans="1:31">
+    <row r="5" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>2001</v>
       </c>
       <c r="D5" s="1">
         <v>2004</v>
       </c>
       <c r="E5" s="150">
         <v>2005</v>
       </c>
       <c r="F5" s="1">
         <v>2006</v>
       </c>
       <c r="G5" s="1">
         <v>2007</v>
       </c>
       <c r="H5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="I5" s="180"/>
     </row>
-    <row r="6" spans="1:31">
+    <row r="6" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="D6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="E6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="F6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="G6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="H6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="I6" s="180"/>
       <c r="J6" s="156"/>
     </row>
-    <row r="7" spans="1:31">
+    <row r="7" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="104">
         <v>0.27</v>
       </c>
       <c r="D7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="E7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="F7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="G7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="H7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="I7" s="180"/>
       <c r="J7" s="156"/>
     </row>
-    <row r="8" spans="1:31">
+    <row r="8" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="D8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="E8" s="153">
         <v>0.109</v>
       </c>
       <c r="F8" s="159">
         <v>0.128</v>
       </c>
       <c r="G8" s="159">
         <v>0.129</v>
       </c>
       <c r="H8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="I8" s="183"/>
       <c r="J8" s="156"/>
     </row>
-    <row r="9" spans="1:31">
+    <row r="9" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="113"/>
       <c r="D9" s="113"/>
       <c r="E9" s="113"/>
       <c r="F9" s="160"/>
       <c r="G9" s="97"/>
       <c r="H9" s="148"/>
       <c r="I9" s="180"/>
       <c r="J9" s="156"/>
     </row>
-    <row r="10" spans="1:31">
+    <row r="10" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="94"/>
       <c r="D10" s="94"/>
       <c r="E10" s="94"/>
       <c r="F10" s="161"/>
       <c r="G10" s="97"/>
       <c r="H10" s="171"/>
       <c r="I10" s="180"/>
       <c r="J10" s="156"/>
     </row>
-    <row r="11" spans="1:31">
+    <row r="11" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="73">
         <v>5194</v>
       </c>
       <c r="C11" s="107">
         <v>0.115</v>
       </c>
       <c r="D11" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="E11" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="F11" s="162">
         <v>0.19</v>
       </c>
       <c r="G11" s="117">
         <v>0.23899999999999999</v>
       </c>
       <c r="H11" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="I11" s="180"/>
       <c r="J11" s="156"/>
     </row>
-    <row r="12" spans="1:31">
+    <row r="12" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C12" s="113"/>
       <c r="D12" s="113"/>
       <c r="E12" s="113"/>
       <c r="F12" s="163"/>
       <c r="G12" s="175"/>
       <c r="H12" s="148"/>
       <c r="I12" s="180"/>
       <c r="J12" s="156"/>
     </row>
-    <row r="13" spans="1:31">
+    <row r="13" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C13" s="113"/>
       <c r="D13" s="113"/>
       <c r="E13" s="113"/>
       <c r="F13" s="163"/>
       <c r="G13" s="175"/>
       <c r="H13" s="148"/>
       <c r="I13" s="180"/>
       <c r="J13" s="156"/>
     </row>
-    <row r="14" spans="1:31">
+    <row r="14" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C14" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="D14" s="113">
         <v>0.223</v>
       </c>
       <c r="E14" s="113">
         <v>0.186</v>
       </c>
       <c r="F14" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="G14" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="H14" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="I14" s="180"/>
       <c r="J14" s="156"/>
     </row>
-    <row r="15" spans="1:31">
+    <row r="15" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="75">
         <v>5350</v>
       </c>
       <c r="C15" s="96"/>
       <c r="D15" s="96"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
       <c r="G15" s="97"/>
       <c r="H15" s="149"/>
       <c r="I15" s="180"/>
       <c r="J15" s="156"/>
     </row>
-    <row r="16" spans="1:31">
+    <row r="16" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C16" s="97"/>
       <c r="D16" s="97"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="149"/>
       <c r="I16" s="180"/>
       <c r="J16" s="156"/>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="E17" s="154"/>
       <c r="F17" s="35"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="180"/>
       <c r="J17" s="156"/>
     </row>
-    <row r="18" spans="1:10">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="E18" s="154"/>
       <c r="F18" s="35"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="I18" s="180"/>
       <c r="J18" s="156"/>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="73" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="D19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="E19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="F19" s="117">
         <v>0.187</v>
       </c>
       <c r="G19" s="117">
         <v>0.19</v>
       </c>
       <c r="H19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="I19" s="180"/>
       <c r="J19" s="156"/>
     </row>
-    <row r="20" spans="1:10">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="D20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="E20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="F20" s="117">
         <v>0.495</v>
       </c>
       <c r="G20" s="117">
         <v>0.43</v>
       </c>
       <c r="H20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="I20" s="180"/>
       <c r="J20" s="156"/>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="113"/>
       <c r="D21" s="113"/>
       <c r="E21" s="113"/>
       <c r="F21" s="164"/>
       <c r="G21" s="157"/>
       <c r="H21" s="174"/>
       <c r="I21" s="180"/>
       <c r="J21" s="156"/>
     </row>
-    <row r="22" spans="1:10">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="113"/>
       <c r="D22" s="113"/>
       <c r="E22" s="113"/>
       <c r="F22" s="165"/>
       <c r="G22" s="175"/>
       <c r="H22" s="148"/>
       <c r="I22" s="180"/>
       <c r="J22" s="156"/>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="113"/>
       <c r="D23" s="113"/>
       <c r="E23" s="113"/>
       <c r="F23" s="165"/>
       <c r="G23" s="175"/>
       <c r="H23" s="148"/>
       <c r="I23" s="180"/>
       <c r="J23" s="156"/>
     </row>
-    <row r="24" spans="1:10">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="113"/>
       <c r="D24" s="113"/>
       <c r="E24" s="113"/>
       <c r="F24" s="165"/>
       <c r="G24" s="175"/>
       <c r="H24" s="148"/>
       <c r="I24" s="180"/>
       <c r="J24" s="156"/>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="113"/>
       <c r="D25" s="113"/>
       <c r="E25" s="113"/>
       <c r="F25" s="166"/>
       <c r="G25" s="144"/>
       <c r="H25" s="148"/>
       <c r="I25" s="180"/>
       <c r="J25" s="156"/>
     </row>
-    <row r="26" spans="1:10">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="113"/>
       <c r="D26" s="113"/>
       <c r="E26" s="113"/>
       <c r="F26" s="166"/>
       <c r="G26" s="144"/>
       <c r="H26" s="148"/>
       <c r="I26" s="180"/>
       <c r="J26" s="156"/>
     </row>
-    <row r="27" spans="1:10">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="113"/>
       <c r="D27" s="113"/>
       <c r="E27" s="113"/>
       <c r="F27" s="165"/>
       <c r="G27" s="175"/>
       <c r="H27" s="148"/>
       <c r="I27" s="180"/>
       <c r="J27" s="156"/>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="113"/>
       <c r="D28" s="113"/>
       <c r="E28" s="113"/>
       <c r="F28" s="163"/>
       <c r="G28" s="175"/>
       <c r="H28" s="148"/>
       <c r="I28" s="180"/>
       <c r="J28" s="156"/>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="113"/>
       <c r="D29" s="113"/>
       <c r="E29" s="113"/>
       <c r="F29" s="163"/>
       <c r="G29" s="175"/>
       <c r="H29" s="148"/>
       <c r="I29" s="180"/>
       <c r="J29" s="156"/>
     </row>
-    <row r="30" spans="1:10">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="113"/>
       <c r="D30" s="113"/>
       <c r="E30" s="113"/>
       <c r="F30" s="163"/>
       <c r="G30" s="175"/>
       <c r="H30" s="148"/>
       <c r="I30" s="180"/>
       <c r="J30" s="156"/>
     </row>
-    <row r="31" spans="1:10">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="113"/>
       <c r="D31" s="113"/>
       <c r="E31" s="113"/>
       <c r="F31" s="163"/>
       <c r="G31" s="175"/>
       <c r="H31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="I31" s="180"/>
       <c r="J31" s="156"/>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="113"/>
       <c r="D32" s="113"/>
       <c r="E32" s="113"/>
       <c r="F32" s="163"/>
       <c r="G32" s="175"/>
       <c r="H32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="I32" s="180"/>
       <c r="J32" s="156"/>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="113"/>
       <c r="D33" s="113"/>
       <c r="E33" s="113"/>
       <c r="F33" s="163"/>
       <c r="G33" s="175"/>
       <c r="H33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="I33" s="180"/>
       <c r="J33" s="156"/>
     </row>
-    <row r="34" spans="1:10">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="113"/>
       <c r="D34" s="113"/>
       <c r="E34" s="113"/>
       <c r="F34" s="163"/>
       <c r="G34" s="175"/>
       <c r="H34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="I34" s="180"/>
       <c r="J34" s="156"/>
     </row>
-    <row r="35" spans="1:10">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="113"/>
       <c r="D35" s="113"/>
       <c r="E35" s="113"/>
       <c r="F35" s="163"/>
       <c r="G35" s="175"/>
       <c r="H35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="I35" s="180"/>
       <c r="J35" s="156"/>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="113"/>
       <c r="D36" s="113"/>
       <c r="E36" s="113"/>
       <c r="F36" s="163"/>
       <c r="G36" s="175"/>
       <c r="H36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="I36" s="180"/>
       <c r="J36" s="156"/>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="113"/>
       <c r="D37" s="113"/>
       <c r="E37" s="113"/>
       <c r="F37" s="163"/>
       <c r="G37" s="175"/>
       <c r="H37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="I37" s="180"/>
       <c r="J37" s="156"/>
     </row>
-    <row r="38" spans="1:10">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="113"/>
       <c r="D38" s="113"/>
       <c r="E38" s="113"/>
       <c r="F38" s="163"/>
       <c r="G38" s="175"/>
       <c r="H38" s="148"/>
       <c r="I38" s="180"/>
       <c r="J38" s="156"/>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="113"/>
       <c r="D39" s="113"/>
       <c r="E39" s="113"/>
       <c r="F39" s="163"/>
       <c r="G39" s="175"/>
       <c r="H39" s="148"/>
       <c r="I39" s="180"/>
       <c r="J39" s="156"/>
     </row>
-    <row r="40" spans="1:10">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="113"/>
       <c r="D40" s="113"/>
       <c r="E40" s="113"/>
       <c r="F40" s="163"/>
       <c r="G40" s="175"/>
       <c r="H40" s="148"/>
       <c r="I40" s="180"/>
       <c r="J40" s="156"/>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="113"/>
       <c r="D41" s="113"/>
       <c r="E41" s="113"/>
       <c r="F41" s="163"/>
       <c r="G41" s="175"/>
       <c r="H41" s="148"/>
       <c r="I41" s="180"/>
       <c r="J41" s="156"/>
     </row>
-    <row r="42" spans="1:10">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="113"/>
       <c r="D42" s="113"/>
       <c r="E42" s="113"/>
       <c r="F42" s="163"/>
       <c r="G42" s="175"/>
       <c r="H42" s="148"/>
       <c r="I42" s="180"/>
       <c r="J42" s="156"/>
     </row>
-    <row r="43" spans="1:10">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="192"/>
       <c r="D43" s="192"/>
       <c r="E43" s="113"/>
       <c r="F43" s="163"/>
       <c r="G43" s="175"/>
       <c r="H43" s="148"/>
       <c r="I43" s="180"/>
       <c r="J43" s="156"/>
     </row>
-    <row r="44" spans="1:10">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="147"/>
       <c r="D44" s="144"/>
       <c r="E44" s="144"/>
       <c r="F44" s="163"/>
       <c r="G44" s="144"/>
       <c r="H44" s="35"/>
       <c r="I44" s="180"/>
       <c r="J44" s="156"/>
     </row>
-    <row r="45" spans="1:10">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="E45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="G45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="173"/>
       <c r="I45" s="180"/>
       <c r="J45" s="156"/>
     </row>
-    <row r="46" spans="1:10">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="94"/>
       <c r="D46" s="94"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="161"/>
       <c r="H46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="I46" s="180"/>
       <c r="J46" s="156"/>
     </row>
-    <row r="47" spans="1:10">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="94"/>
       <c r="D47" s="94"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="161"/>
       <c r="H47" s="149"/>
       <c r="I47" s="180"/>
       <c r="J47" s="156"/>
     </row>
-    <row r="48" spans="1:10">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="113"/>
       <c r="D48" s="113"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="163"/>
       <c r="H48" s="148"/>
       <c r="I48" s="180"/>
       <c r="J48" s="156"/>
     </row>
-    <row r="49" spans="1:10">
+    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="113"/>
       <c r="D49" s="113"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="163"/>
       <c r="H49" s="148"/>
       <c r="I49" s="180"/>
       <c r="J49" s="156"/>
     </row>
-    <row r="50" spans="1:10">
+    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="113"/>
       <c r="D50" s="113"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="163"/>
       <c r="H50" s="148"/>
       <c r="I50" s="180"/>
       <c r="J50" s="156"/>
     </row>
-    <row r="51" spans="1:10">
+    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="113"/>
       <c r="D51" s="113"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="163"/>
       <c r="H51" s="148"/>
       <c r="I51" s="180"/>
       <c r="J51" s="156"/>
     </row>
-    <row r="52" spans="1:10">
+    <row r="52" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="104">
         <v>0</v>
       </c>
       <c r="D52" s="104">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="168">
         <v>0</v>
       </c>
       <c r="H52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="I52" s="180"/>
       <c r="J52" s="156"/>
     </row>
-    <row r="53" spans="1:10">
+    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="123"/>
       <c r="D53" s="123"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="122"/>
       <c r="I53" s="180"/>
     </row>
-    <row r="54" spans="1:10">
+    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="123"/>
       <c r="D54" s="123"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="122"/>
       <c r="I54" s="180"/>
     </row>
-    <row r="55" spans="1:10" ht="12" customHeight="1">
+    <row r="55" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="125">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.5</v>
       </c>
       <c r="E55" s="125">
         <v>0.5</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="I55" s="180"/>
     </row>
-    <row r="56" spans="1:10">
+    <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="127">
         <v>0.26</v>
       </c>
       <c r="E56" s="127">
         <v>0.26</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="125">
         <v>0.26</v>
       </c>
       <c r="H56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="I56" s="180"/>
     </row>
-    <row r="57" spans="1:10">
+    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="185"/>
     </row>
-    <row r="59" spans="1:10" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AH51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="R24" sqref="R24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="10" width="8.140625" customWidth="1"/>
     <col min="11" max="11" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="1.5703125" customWidth="1"/>
     <col min="13" max="13" width="8.5703125" customWidth="1"/>
     <col min="14" max="15" width="7.5703125" customWidth="1"/>
     <col min="16" max="16" width="1.5703125" customWidth="1"/>
     <col min="17" max="17" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="7.5703125" customWidth="1"/>
     <col min="20" max="20" width="8.5703125" customWidth="1"/>
     <col min="21" max="21" width="7.5703125" customWidth="1"/>
     <col min="22" max="22" width="12.140625" customWidth="1"/>
     <col min="23" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
     <col min="28" max="28" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:34" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="211" t="s">
-        <v>74</v>
+        <v>119</v>
       </c>
       <c r="B1" s="212"/>
       <c r="C1" s="212"/>
       <c r="D1" s="212"/>
       <c r="E1" s="212"/>
       <c r="F1" s="212"/>
       <c r="G1" s="212"/>
       <c r="H1" s="212"/>
       <c r="I1" s="212"/>
       <c r="J1" s="212"/>
       <c r="K1" s="212"/>
       <c r="L1" s="213"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
     </row>
-    <row r="2" spans="1:34">
+    <row r="2" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A2" s="128"/>
       <c r="L2" s="129"/>
     </row>
-    <row r="3" spans="1:34">
+    <row r="3" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A3" s="52"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="45"/>
     </row>
-    <row r="4" spans="1:34">
+    <row r="4" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A4" s="52"/>
       <c r="B4" s="51"/>
       <c r="C4" s="51"/>
       <c r="D4" s="52"/>
       <c r="E4" s="52"/>
       <c r="F4" s="52"/>
       <c r="G4" s="52"/>
       <c r="H4" s="52"/>
       <c r="I4" s="52"/>
       <c r="J4" s="52"/>
       <c r="K4" s="52"/>
       <c r="L4" s="45"/>
     </row>
-    <row r="5" spans="1:34">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A5" s="69"/>
       <c r="B5" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C5" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="45"/>
     </row>
-    <row r="6" spans="1:34">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A6" s="69"/>
       <c r="B6" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C6" s="1">
         <v>1998</v>
       </c>
       <c r="D6" s="1">
         <v>1999</v>
       </c>
       <c r="E6" s="1">
         <v>2000</v>
       </c>
       <c r="F6" s="1">
         <v>2001</v>
       </c>
       <c r="G6" s="1">
         <v>2002</v>
       </c>
       <c r="H6" s="143">
         <v>2003</v>
       </c>
       <c r="I6" s="1">
         <v>2004</v>
       </c>
       <c r="J6" s="1">
         <v>2005</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="L6" s="45"/>
     </row>
-    <row r="7" spans="1:34">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A7" s="53"/>
       <c r="B7" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C7" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D7" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E7" s="102">
         <v>0.248</v>
       </c>
       <c r="F7" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="G7" s="102">
         <v>0.23799999999999999</v>
       </c>
       <c r="H7" s="132">
         <v>0.31</v>
       </c>
       <c r="I7" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="J7" s="102">
         <v>0.32500000000000001</v>
       </c>
       <c r="K7" s="101" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="L7" s="45"/>
     </row>
-    <row r="8" spans="1:34">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A8" s="53"/>
       <c r="B8" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C8" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D8" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E8" s="104">
         <v>0.24199999999999999</v>
       </c>
       <c r="F8" s="104">
         <v>0.27</v>
       </c>
       <c r="G8" s="104">
         <v>0.23</v>
       </c>
       <c r="H8" s="133">
         <v>0.30599999999999999</v>
       </c>
       <c r="I8" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="J8" s="104">
         <v>0.32400000000000001</v>
       </c>
       <c r="K8" s="101" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="L8" s="45"/>
     </row>
-    <row r="9" spans="1:34">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A9" s="53"/>
       <c r="B9" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C9" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D9" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E9" s="107">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="F9" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="G9" s="107">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="H9" s="134">
         <v>0.11700000000000001</v>
       </c>
       <c r="I9" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="J9" s="107">
         <v>0.109</v>
       </c>
       <c r="K9" s="108" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="L9" s="109"/>
       <c r="M9" s="110"/>
     </row>
-    <row r="10" spans="1:34">
+    <row r="10" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A10" s="53"/>
       <c r="B10" s="75" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C10" s="32"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="135"/>
       <c r="I10" s="94"/>
       <c r="J10" s="94"/>
       <c r="K10" s="24"/>
       <c r="L10" s="45"/>
     </row>
-    <row r="11" spans="1:34">
+    <row r="11" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A11" s="53"/>
       <c r="B11" s="76">
         <v>5192</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="135"/>
       <c r="I11" s="94"/>
       <c r="J11" s="94"/>
       <c r="K11" s="24"/>
       <c r="L11" s="45"/>
     </row>
-    <row r="12" spans="1:34">
+    <row r="12" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A12" s="53"/>
       <c r="B12" s="73">
         <v>5194</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.13</v>
       </c>
       <c r="F12" s="107">
         <v>0.115</v>
       </c>
       <c r="G12" s="107">
         <v>0.123</v>
       </c>
       <c r="H12" s="134">
         <v>0.18099999999999999</v>
       </c>
       <c r="I12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="J12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="K12" s="106" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="L12" s="45"/>
     </row>
-    <row r="13" spans="1:34">
+    <row r="13" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A13" s="53"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="136"/>
       <c r="I13" s="113"/>
       <c r="J13" s="113"/>
       <c r="K13" s="112"/>
       <c r="L13" s="45"/>
     </row>
-    <row r="14" spans="1:34">
+    <row r="14" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A14" s="53"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="136"/>
       <c r="I14" s="113"/>
       <c r="J14" s="113"/>
       <c r="K14" s="112"/>
       <c r="L14" s="45"/>
     </row>
-    <row r="15" spans="1:34">
+    <row r="15" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A15" s="53"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>0.14499999999999999</v>
       </c>
       <c r="F15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="G15" s="113">
         <v>0.115</v>
       </c>
       <c r="H15" s="136">
         <v>0.183</v>
       </c>
       <c r="I15" s="113">
         <v>0.223</v>
       </c>
       <c r="J15" s="113">
         <v>0.186</v>
       </c>
       <c r="K15" s="112" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="L15" s="45"/>
     </row>
-    <row r="16" spans="1:34">
+    <row r="16" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A16" s="53"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="34"/>
       <c r="D16" s="81"/>
       <c r="E16" s="96"/>
       <c r="F16" s="96"/>
       <c r="G16" s="96"/>
       <c r="H16" s="137"/>
       <c r="I16" s="96"/>
       <c r="J16" s="96"/>
       <c r="K16" s="90"/>
       <c r="L16" s="45"/>
     </row>
-    <row r="17" spans="1:12">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="53"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="35"/>
       <c r="D17" s="81"/>
       <c r="E17" s="97"/>
       <c r="F17" s="97"/>
       <c r="G17" s="97"/>
       <c r="H17" s="138"/>
       <c r="I17" s="97"/>
       <c r="J17" s="97"/>
       <c r="K17" s="81"/>
       <c r="L17" s="45"/>
     </row>
-    <row r="18" spans="1:12">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="53"/>
       <c r="B18" s="73" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D18" s="116">
         <v>0.1389</v>
       </c>
       <c r="E18" s="117">
         <v>0.128</v>
       </c>
       <c r="F18" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="G18" s="117">
         <v>0.122</v>
       </c>
       <c r="H18" s="139">
         <v>0.17899999999999999</v>
       </c>
       <c r="I18" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="J18" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="K18" s="116" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L18" s="45"/>
     </row>
-    <row r="19" spans="1:12">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="53"/>
       <c r="B19" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C19" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D19" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E19" s="117">
         <v>0.36499999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="G19" s="117">
         <v>0.41499999999999998</v>
       </c>
       <c r="H19" s="139">
         <v>0.496</v>
       </c>
       <c r="I19" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="J19" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="K19" s="116" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="L19" s="45"/>
     </row>
-    <row r="20" spans="1:12">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="53"/>
       <c r="B20" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C20" s="111"/>
       <c r="D20" s="112"/>
       <c r="E20" s="113"/>
       <c r="F20" s="113"/>
       <c r="G20" s="113"/>
       <c r="H20" s="136"/>
       <c r="I20" s="113"/>
       <c r="J20" s="113"/>
       <c r="K20" s="112"/>
       <c r="L20" s="45"/>
     </row>
-    <row r="21" spans="1:12">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A21" s="53"/>
       <c r="B21" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="136"/>
       <c r="I21" s="113"/>
       <c r="J21" s="113"/>
       <c r="K21" s="112"/>
       <c r="L21" s="45"/>
     </row>
-    <row r="22" spans="1:12">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="53"/>
       <c r="B22" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="136"/>
       <c r="I22" s="113"/>
       <c r="J22" s="113"/>
       <c r="K22" s="112"/>
       <c r="L22" s="45"/>
     </row>
-    <row r="23" spans="1:12">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="53"/>
       <c r="B23" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="136"/>
       <c r="I23" s="113"/>
       <c r="J23" s="113"/>
       <c r="K23" s="112"/>
       <c r="L23" s="45"/>
     </row>
-    <row r="24" spans="1:12">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A24" s="53"/>
       <c r="B24" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="136"/>
       <c r="I24" s="113"/>
       <c r="J24" s="113"/>
       <c r="K24" s="112"/>
       <c r="L24" s="45"/>
     </row>
-    <row r="25" spans="1:12">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A25" s="53"/>
       <c r="B25" s="76">
         <v>5190</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="136"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="112"/>
       <c r="L25" s="45"/>
     </row>
-    <row r="26" spans="1:12">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A26" s="53"/>
       <c r="B26" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="136"/>
       <c r="I26" s="113"/>
       <c r="J26" s="113"/>
       <c r="K26" s="112"/>
       <c r="L26" s="45"/>
     </row>
-    <row r="27" spans="1:12">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A27" s="53"/>
       <c r="B27" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="136"/>
       <c r="I27" s="113"/>
       <c r="J27" s="113"/>
       <c r="K27" s="112"/>
       <c r="L27" s="45"/>
     </row>
-    <row r="28" spans="1:12">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A28" s="53"/>
       <c r="B28" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="136"/>
       <c r="I28" s="113"/>
       <c r="J28" s="113"/>
       <c r="K28" s="112"/>
       <c r="L28" s="45"/>
     </row>
-    <row r="29" spans="1:12">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A29" s="53"/>
       <c r="B29" s="76">
         <v>5450</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="136"/>
       <c r="I29" s="113"/>
       <c r="J29" s="113"/>
       <c r="K29" s="112"/>
       <c r="L29" s="45"/>
     </row>
-    <row r="30" spans="1:12">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A30" s="53"/>
       <c r="B30" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="136"/>
       <c r="I30" s="113"/>
       <c r="J30" s="113"/>
       <c r="K30" s="112"/>
       <c r="L30" s="45"/>
     </row>
-    <row r="31" spans="1:12">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A31" s="53"/>
       <c r="B31" s="76">
         <v>5512</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="136"/>
       <c r="I31" s="113"/>
       <c r="J31" s="113"/>
       <c r="K31" s="112"/>
       <c r="L31" s="45"/>
     </row>
-    <row r="32" spans="1:12">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A32" s="53"/>
       <c r="B32" s="76">
         <v>5572</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="136"/>
       <c r="I32" s="113"/>
       <c r="J32" s="113"/>
       <c r="K32" s="112" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="L32" s="45"/>
     </row>
-    <row r="33" spans="1:12">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A33" s="53"/>
       <c r="B33" s="76">
         <v>5577</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="136"/>
       <c r="I33" s="113"/>
       <c r="J33" s="113"/>
       <c r="K33" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="L33" s="45"/>
     </row>
-    <row r="34" spans="1:12">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A34" s="53"/>
       <c r="B34" s="76">
         <v>5602</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="136"/>
       <c r="I34" s="113"/>
       <c r="J34" s="113"/>
       <c r="K34" s="112" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="L34" s="45"/>
     </row>
-    <row r="35" spans="1:12">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A35" s="53"/>
       <c r="B35" s="76">
         <v>5612</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="136"/>
       <c r="I35" s="113"/>
       <c r="J35" s="113"/>
       <c r="K35" s="112" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="L35" s="45"/>
     </row>
-    <row r="36" spans="1:12">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A36" s="53"/>
       <c r="B36" s="76">
         <v>5672</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="136"/>
       <c r="I36" s="113"/>
       <c r="J36" s="113"/>
       <c r="K36" s="112" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="L36" s="45"/>
     </row>
-    <row r="37" spans="1:12">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A37" s="53"/>
       <c r="B37" s="76">
         <v>5677</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="136"/>
       <c r="I37" s="113"/>
       <c r="J37" s="113"/>
       <c r="K37" s="112" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="L37" s="45"/>
     </row>
-    <row r="38" spans="1:12">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A38" s="53"/>
       <c r="B38" s="73" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="C38" s="100">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="D38" s="114">
         <v>7.0900000000000005E-2</v>
       </c>
       <c r="E38" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="F38" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="G38" s="104">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="H38" s="133">
         <v>7.8E-2</v>
       </c>
       <c r="I38" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="J38" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K38" s="114" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="L38" s="45"/>
     </row>
-    <row r="39" spans="1:12">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A39" s="53"/>
       <c r="B39" s="75">
         <v>5510</v>
       </c>
       <c r="C39" s="32"/>
       <c r="D39" s="24"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="135"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="24"/>
       <c r="L39" s="45"/>
     </row>
-    <row r="40" spans="1:12">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A40" s="53"/>
       <c r="B40" s="76">
         <v>5570</v>
       </c>
       <c r="C40" s="12"/>
       <c r="D40" s="24"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="135"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="24"/>
       <c r="L40" s="45"/>
     </row>
-    <row r="41" spans="1:12">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A41" s="53"/>
       <c r="B41" s="76">
         <v>5575</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="136"/>
       <c r="I41" s="113"/>
       <c r="J41" s="113"/>
       <c r="K41" s="112"/>
       <c r="L41" s="45"/>
     </row>
-    <row r="42" spans="1:12">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A42" s="53"/>
       <c r="B42" s="76">
         <v>5600</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="136"/>
       <c r="I42" s="113"/>
       <c r="J42" s="113"/>
       <c r="K42" s="112"/>
       <c r="L42" s="45"/>
     </row>
-    <row r="43" spans="1:12">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A43" s="53"/>
       <c r="B43" s="76">
         <v>5610</v>
       </c>
       <c r="C43" s="111"/>
       <c r="D43" s="112"/>
       <c r="E43" s="113"/>
       <c r="F43" s="113"/>
       <c r="G43" s="113"/>
       <c r="H43" s="136"/>
       <c r="I43" s="113"/>
       <c r="J43" s="113"/>
       <c r="K43" s="112"/>
       <c r="L43" s="45"/>
     </row>
-    <row r="44" spans="1:12">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A44" s="53"/>
       <c r="B44" s="76">
         <v>5670</v>
       </c>
       <c r="C44" s="111"/>
       <c r="D44" s="112"/>
       <c r="E44" s="113"/>
       <c r="F44" s="113"/>
       <c r="G44" s="113"/>
       <c r="H44" s="136"/>
       <c r="I44" s="113"/>
       <c r="J44" s="113"/>
       <c r="K44" s="112"/>
       <c r="L44" s="45"/>
     </row>
-    <row r="45" spans="1:12">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A45" s="53"/>
       <c r="B45" s="73">
         <v>5675</v>
       </c>
       <c r="C45" s="100">
         <v>0</v>
       </c>
       <c r="D45" s="120">
         <v>0</v>
       </c>
       <c r="E45" s="104">
         <v>0</v>
       </c>
       <c r="F45" s="104">
         <v>0</v>
       </c>
       <c r="G45" s="104">
         <v>0</v>
       </c>
       <c r="H45" s="133">
         <v>0</v>
       </c>
       <c r="I45" s="104">
         <v>0</v>
       </c>
       <c r="J45" s="104">
         <v>0</v>
       </c>
       <c r="K45" s="114" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="L45" s="45"/>
     </row>
-    <row r="46" spans="1:12">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A46" s="70"/>
       <c r="B46" s="68"/>
       <c r="C46" s="121"/>
       <c r="D46" s="122"/>
       <c r="E46" s="123"/>
       <c r="F46" s="123"/>
       <c r="G46" s="123"/>
       <c r="H46" s="140"/>
       <c r="I46" s="123"/>
       <c r="J46" s="123"/>
       <c r="K46" s="122"/>
       <c r="L46" s="45"/>
     </row>
-    <row r="47" spans="1:12">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A47" s="70"/>
       <c r="B47" s="52"/>
       <c r="C47" s="122"/>
       <c r="D47" s="122"/>
       <c r="E47" s="123"/>
       <c r="F47" s="123"/>
       <c r="G47" s="123"/>
       <c r="H47" s="140"/>
       <c r="I47" s="123"/>
       <c r="J47" s="123"/>
       <c r="K47" s="122"/>
       <c r="L47" s="45"/>
     </row>
-    <row r="48" spans="1:12">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A48" s="53"/>
       <c r="B48" s="52"/>
       <c r="C48" s="122"/>
       <c r="D48" s="122"/>
       <c r="E48" s="123"/>
       <c r="F48" s="123"/>
       <c r="G48" s="123"/>
       <c r="H48" s="140"/>
       <c r="I48" s="123"/>
       <c r="J48" s="123"/>
       <c r="K48" s="122"/>
       <c r="L48" s="45"/>
     </row>
-    <row r="49" spans="1:12" ht="12" customHeight="1">
+    <row r="49" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="B49" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C49" s="124">
         <v>0.48</v>
       </c>
       <c r="D49" s="125">
         <v>0.48</v>
       </c>
       <c r="E49" s="125">
         <v>0.48</v>
       </c>
       <c r="F49" s="125">
         <v>0.48</v>
       </c>
       <c r="G49" s="125">
         <v>0.46</v>
       </c>
       <c r="H49" s="141">
         <v>0.5</v>
       </c>
       <c r="I49" s="125">
         <v>0.5</v>
       </c>
       <c r="J49" s="125">
         <v>0.5</v>
       </c>
       <c r="K49" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="L49" s="45"/>
     </row>
-    <row r="50" spans="1:12">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A50" s="53"/>
       <c r="B50" s="77"/>
       <c r="C50" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D50" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E50" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F50" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="G50" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="H50" s="142">
         <v>0.26</v>
       </c>
       <c r="I50" s="127">
         <v>0.26</v>
       </c>
       <c r="J50" s="127">
         <v>0.26</v>
       </c>
       <c r="K50" s="131" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="L50" s="45"/>
     </row>
-    <row r="51" spans="1:12">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A51" s="54"/>
       <c r="B51" s="54"/>
       <c r="C51" s="54"/>
       <c r="D51" s="54"/>
       <c r="E51" s="54"/>
       <c r="F51" s="54"/>
       <c r="G51" s="54"/>
       <c r="H51" s="54"/>
       <c r="I51" s="54"/>
       <c r="J51" s="54"/>
       <c r="K51" s="54"/>
       <c r="L51" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <sheetPr syncVertical="1" syncRef="X1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE53"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="X1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="AB11" sqref="AB11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" customWidth="1"/>
     <col min="3" max="7" width="7.5703125" customWidth="1"/>
     <col min="8" max="8" width="1.5703125" customWidth="1"/>
     <col min="9" max="9" width="8.5703125" customWidth="1"/>
     <col min="10" max="11" width="7.5703125" customWidth="1"/>
     <col min="12" max="12" width="1.5703125" customWidth="1"/>
     <col min="13" max="13" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="7.5703125" customWidth="1"/>
     <col min="16" max="16" width="8.5703125" customWidth="1"/>
     <col min="17" max="17" width="7.5703125" customWidth="1"/>
     <col min="18" max="18" width="12.140625" customWidth="1"/>
     <col min="19" max="22" width="7.5703125" customWidth="1"/>
     <col min="23" max="23" width="1.5703125" customWidth="1"/>
     <col min="24" max="24" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="25" max="28" width="7.5703125" customWidth="1"/>
     <col min="29" max="29" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="19.5">
+    <row r="1" spans="1:31" ht="19.5" x14ac:dyDescent="0.3">
       <c r="A1" s="78" t="s">
-        <v>74</v>
+        <v>119</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="5"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="5"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
       <c r="X1" s="4"/>
       <c r="Y1" s="4"/>
       <c r="Z1" s="4"/>
       <c r="AA1" s="4"/>
       <c r="AB1" s="4"/>
       <c r="AC1" s="4"/>
       <c r="AD1" s="6"/>
     </row>
-    <row r="2" spans="1:31">
+    <row r="2" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A2" s="60"/>
       <c r="B2" s="50"/>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="50"/>
       <c r="K2" s="50"/>
       <c r="L2" s="50"/>
       <c r="M2" s="68"/>
       <c r="N2" s="50"/>
       <c r="O2" s="50"/>
       <c r="P2" s="50"/>
       <c r="Q2" s="50"/>
       <c r="R2" s="50"/>
       <c r="S2" s="50"/>
       <c r="T2" s="50"/>
       <c r="U2" s="50"/>
       <c r="V2" s="50"/>
       <c r="W2" s="50"/>
       <c r="X2" s="50"/>
       <c r="Y2" s="50"/>
       <c r="Z2" s="50"/>
       <c r="AA2" s="50"/>
       <c r="AB2" s="50"/>
       <c r="AC2" s="50"/>
       <c r="AD2" s="44"/>
     </row>
-    <row r="3" spans="1:31">
+    <row r="3" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A3" s="55"/>
       <c r="B3" s="52"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="13" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="52"/>
       <c r="V3" s="52"/>
       <c r="W3" s="52"/>
       <c r="X3" s="52"/>
       <c r="Y3" s="52"/>
       <c r="Z3" s="52"/>
       <c r="AA3" s="52"/>
       <c r="AB3" s="52"/>
       <c r="AC3" s="52"/>
       <c r="AD3" s="45"/>
     </row>
-    <row r="4" spans="1:31">
+    <row r="4" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A4" s="55"/>
       <c r="B4" s="52"/>
       <c r="C4" s="52"/>
       <c r="D4" s="52"/>
       <c r="E4" s="52"/>
       <c r="F4" s="52"/>
       <c r="G4" s="52"/>
       <c r="H4" s="52"/>
       <c r="I4" s="52"/>
       <c r="J4" s="52"/>
       <c r="K4" s="52"/>
       <c r="L4" s="52"/>
       <c r="M4" s="52"/>
       <c r="N4" s="52"/>
       <c r="O4" s="52"/>
       <c r="P4" s="52"/>
       <c r="Q4" s="52"/>
       <c r="R4" s="15" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="S4" s="52"/>
       <c r="T4" s="52"/>
       <c r="U4" s="52"/>
       <c r="V4" s="52"/>
       <c r="W4" s="52"/>
       <c r="X4" s="52"/>
       <c r="Y4" s="52"/>
       <c r="Z4" s="52"/>
       <c r="AA4" s="52"/>
       <c r="AB4" s="52"/>
       <c r="AC4" s="52"/>
       <c r="AD4" s="45"/>
     </row>
-    <row r="5" spans="1:31">
+    <row r="5" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A5" s="55"/>
       <c r="B5" s="52"/>
       <c r="C5" s="52"/>
       <c r="D5" s="52"/>
       <c r="E5" s="52"/>
       <c r="F5" s="52"/>
       <c r="G5" s="52"/>
       <c r="H5" s="52"/>
       <c r="I5" s="52"/>
       <c r="J5" s="52"/>
       <c r="K5" s="52"/>
       <c r="L5" s="52"/>
       <c r="M5" s="52"/>
       <c r="N5" s="52"/>
       <c r="O5" s="52"/>
       <c r="P5" s="52"/>
       <c r="Q5" s="65" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="R5" s="15" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="S5" s="52"/>
       <c r="T5" s="52"/>
       <c r="U5" s="52"/>
       <c r="V5" s="52"/>
       <c r="W5" s="52"/>
       <c r="X5" s="52"/>
       <c r="Y5" s="52"/>
       <c r="Z5" s="52"/>
       <c r="AA5" s="52"/>
       <c r="AB5" s="52"/>
       <c r="AC5" s="52"/>
       <c r="AD5" s="45"/>
     </row>
-    <row r="6" spans="1:31">
+    <row r="6" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A6" s="55"/>
       <c r="B6" s="52"/>
       <c r="C6" s="52"/>
       <c r="D6" s="52"/>
       <c r="E6" s="52"/>
       <c r="F6" s="52"/>
       <c r="G6" s="52"/>
       <c r="H6" s="52"/>
       <c r="I6" s="52"/>
       <c r="J6" s="52"/>
       <c r="K6" s="52"/>
       <c r="L6" s="52"/>
       <c r="M6" s="2" t="s">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="N6" s="51"/>
       <c r="O6" s="51"/>
       <c r="P6" s="51"/>
       <c r="Q6" s="66" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="R6" s="15">
         <v>1993</v>
       </c>
       <c r="S6" s="51"/>
       <c r="T6" s="51"/>
       <c r="U6" s="51"/>
       <c r="V6" s="51"/>
       <c r="W6" s="52"/>
       <c r="X6" s="51"/>
       <c r="Y6" s="51"/>
       <c r="Z6" s="52"/>
       <c r="AA6" s="52"/>
       <c r="AB6" s="52"/>
       <c r="AC6" s="52"/>
       <c r="AD6" s="45"/>
     </row>
-    <row r="7" spans="1:31">
+    <row r="7" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A7" s="55"/>
       <c r="B7" s="13" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="C7" s="14" t="s">
-        <v>82</v>
+        <v>2</v>
       </c>
       <c r="D7" s="14" t="s">
-        <v>83</v>
+        <v>3</v>
       </c>
       <c r="E7" s="14" t="s">
-        <v>84</v>
+        <v>4</v>
       </c>
       <c r="F7" s="14" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="G7" s="14" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="H7" s="55"/>
       <c r="I7" s="13" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="J7" s="14" t="s">
-        <v>87</v>
+        <v>7</v>
       </c>
       <c r="K7" s="14" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="L7" s="52"/>
       <c r="M7" s="49" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="N7" s="25" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="O7" s="25" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="P7" s="63" t="s">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="Q7" s="66" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="R7" s="15" t="s">
-        <v>91</v>
+        <v>118</v>
       </c>
       <c r="S7" s="25" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="T7" s="15" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="U7" s="25" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="V7" s="48" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="W7" s="69"/>
       <c r="X7" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="Y7" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="Z7" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="AA7" s="2"/>
       <c r="AB7" s="2"/>
       <c r="AC7" s="2"/>
       <c r="AD7" s="45"/>
     </row>
-    <row r="8" spans="1:31">
+    <row r="8" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A8" s="55"/>
       <c r="B8" s="16" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="C8" s="17" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="D8" s="17" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="E8" s="17" t="s">
-        <v>99</v>
+        <v>19</v>
       </c>
       <c r="F8" s="17" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G8" s="17" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="H8" s="55"/>
       <c r="I8" s="16" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="J8" s="17" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="K8" s="17" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="L8" s="52"/>
       <c r="M8" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="N8" s="17" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="O8" s="17" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="P8" s="64" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="Q8" s="3" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="R8" s="67">
         <v>33970</v>
       </c>
       <c r="S8" s="17" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="T8" s="16" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="U8" s="17" t="s">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="V8" s="38" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="W8" s="69"/>
       <c r="X8" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="Y8" s="1">
         <v>1998</v>
       </c>
       <c r="Z8" s="1">
         <v>1999</v>
       </c>
       <c r="AA8" s="1">
         <v>2000</v>
       </c>
       <c r="AB8" s="1">
         <v>2001</v>
       </c>
       <c r="AC8" s="1" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="AD8" s="45"/>
     </row>
-    <row r="9" spans="1:31">
+    <row r="9" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A9" s="55"/>
       <c r="B9" s="18" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="C9" s="19">
         <v>0.25</v>
       </c>
       <c r="D9" s="19">
         <v>0.25</v>
       </c>
       <c r="E9" s="19">
         <v>0.26</v>
       </c>
       <c r="F9" s="19">
         <v>0.26</v>
       </c>
       <c r="G9" s="19">
         <v>0.28000000000000003</v>
       </c>
       <c r="H9" s="55"/>
       <c r="I9" s="18" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="J9" s="19">
         <v>0.28999999999999998</v>
       </c>
       <c r="K9" s="19">
         <v>0.32</v>
       </c>
       <c r="L9" s="52"/>
       <c r="M9" s="16" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="N9" s="19">
         <v>0.32</v>
       </c>
       <c r="O9" s="19">
         <v>0.27</v>
       </c>
       <c r="P9" s="20" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="Q9" s="19">
         <v>0.27</v>
       </c>
       <c r="R9" s="23">
         <v>0.28999999999999998</v>
       </c>
       <c r="S9" s="21">
         <v>0.315</v>
       </c>
       <c r="T9" s="22">
         <v>0.33</v>
       </c>
       <c r="U9" s="23">
         <v>0.3</v>
       </c>
       <c r="V9" s="39">
         <v>0.26600000000000001</v>
       </c>
       <c r="W9" s="53"/>
       <c r="X9" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="Y9" s="28">
         <v>0.26300000000000001</v>
       </c>
       <c r="Z9" s="87">
         <v>0.22189999999999999</v>
       </c>
       <c r="AA9" s="92">
         <v>0.248</v>
       </c>
       <c r="AB9" s="92">
         <v>0.25600000000000001</v>
       </c>
       <c r="AC9" s="87" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="AD9" s="45"/>
     </row>
-    <row r="10" spans="1:31">
+    <row r="10" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A10" s="55"/>
       <c r="B10" s="16" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="C10" s="23">
         <v>0.24</v>
       </c>
       <c r="D10" s="23">
         <v>0.24</v>
       </c>
       <c r="E10" s="23">
         <v>0.25</v>
       </c>
       <c r="F10" s="23">
         <v>0.25</v>
       </c>
       <c r="G10" s="23">
         <v>0.27</v>
       </c>
       <c r="H10" s="55"/>
       <c r="I10" s="15" t="s">
-        <v>115</v>
+        <v>35</v>
       </c>
       <c r="J10" s="24"/>
       <c r="K10" s="24"/>
       <c r="L10" s="52"/>
       <c r="M10" s="15" t="s">
-        <v>115</v>
+        <v>35</v>
       </c>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="25" t="s">
-        <v>115</v>
+        <v>35</v>
       </c>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="26"/>
       <c r="T10" s="24"/>
       <c r="U10" s="23">
         <v>0.28499999999999998</v>
       </c>
       <c r="V10" s="39">
         <v>0.25800000000000001</v>
       </c>
       <c r="W10" s="53"/>
       <c r="X10" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="Y10" s="29">
         <v>0.23899999999999999</v>
       </c>
       <c r="Z10" s="87">
         <v>0.19750000000000001</v>
       </c>
       <c r="AA10" s="93">
         <v>0.24199999999999999</v>
       </c>
       <c r="AB10" s="93">
         <v>0.254</v>
       </c>
       <c r="AC10" s="87" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="AD10" s="45"/>
     </row>
-    <row r="11" spans="1:31">
+    <row r="11" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A11" s="55"/>
       <c r="B11" s="16" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="C11" s="23">
         <v>0.18</v>
       </c>
       <c r="D11" s="23">
         <v>0.18</v>
       </c>
       <c r="E11" s="23">
         <v>0.19</v>
       </c>
       <c r="F11" s="23">
         <v>0.19</v>
       </c>
       <c r="G11" s="23">
         <v>0.19</v>
       </c>
       <c r="H11" s="55"/>
       <c r="I11" s="16" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="J11" s="23">
         <v>0.27</v>
       </c>
       <c r="K11" s="23">
         <v>0.3</v>
       </c>
       <c r="L11" s="52"/>
       <c r="M11" s="16" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="N11" s="23">
         <v>0.3</v>
       </c>
       <c r="O11" s="24"/>
       <c r="P11" s="25" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="Q11" s="24"/>
       <c r="R11" s="24"/>
       <c r="S11" s="26"/>
       <c r="T11" s="23">
         <v>0.32</v>
       </c>
       <c r="U11" s="24"/>
       <c r="V11" s="40"/>
       <c r="W11" s="53"/>
       <c r="X11" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="Y11" s="30">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="Z11" s="83">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="AA11" s="33">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="AB11" s="33">
         <v>5.1499999999999997E-2</v>
       </c>
       <c r="AC11" s="91" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="AD11" s="46"/>
       <c r="AE11" s="31"/>
     </row>
-    <row r="12" spans="1:31">
+    <row r="12" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A12" s="55"/>
       <c r="B12" s="15" t="s">
-        <v>118</v>
+        <v>38</v>
       </c>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="55"/>
       <c r="I12" s="15" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="J12" s="24"/>
       <c r="K12" s="24"/>
       <c r="L12" s="52"/>
       <c r="M12" s="15" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
       <c r="P12" s="25" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="Q12" s="24"/>
       <c r="R12" s="24"/>
       <c r="S12" s="26"/>
       <c r="T12" s="24"/>
       <c r="U12" s="24"/>
       <c r="V12" s="40"/>
       <c r="W12" s="53"/>
       <c r="X12" s="75" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="Y12" s="32"/>
       <c r="Z12" s="24"/>
       <c r="AA12" s="94"/>
       <c r="AB12" s="94"/>
       <c r="AC12" s="24"/>
       <c r="AD12" s="45"/>
     </row>
-    <row r="13" spans="1:31">
+    <row r="13" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A13" s="55"/>
       <c r="B13" s="16" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="C13" s="23">
         <v>0.18</v>
       </c>
       <c r="D13" s="23">
         <v>0.18</v>
       </c>
       <c r="E13" s="23">
         <v>0.19</v>
       </c>
       <c r="F13" s="23">
         <v>0.19</v>
       </c>
       <c r="G13" s="23">
         <v>0.19</v>
       </c>
       <c r="H13" s="55"/>
       <c r="I13" s="16" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="J13" s="23">
         <v>0.2</v>
       </c>
       <c r="K13" s="23">
         <v>0.215</v>
       </c>
       <c r="L13" s="52"/>
       <c r="M13" s="15" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="N13" s="24">
         <v>0.22</v>
       </c>
       <c r="O13" s="24">
         <v>0.24</v>
       </c>
       <c r="P13" s="25" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="Q13" s="23">
         <v>0.24</v>
       </c>
       <c r="R13" s="23">
         <v>0.26</v>
       </c>
       <c r="S13" s="21">
         <v>0.3</v>
       </c>
       <c r="T13" s="23">
         <v>0.2</v>
       </c>
       <c r="U13" s="24"/>
       <c r="V13" s="40"/>
       <c r="W13" s="53"/>
       <c r="X13" s="76">
         <v>5192</v>
       </c>
       <c r="Y13" s="12"/>
       <c r="Z13" s="24"/>
       <c r="AA13" s="94"/>
       <c r="AB13" s="94"/>
       <c r="AC13" s="24"/>
       <c r="AD13" s="45"/>
     </row>
-    <row r="14" spans="1:31">
+    <row r="14" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A14" s="55"/>
       <c r="B14" s="7"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
       <c r="G14" s="11"/>
       <c r="H14" s="55"/>
       <c r="I14" s="7"/>
       <c r="J14" s="11"/>
       <c r="K14" s="11"/>
       <c r="L14" s="52"/>
       <c r="M14" s="7"/>
       <c r="N14" s="11"/>
       <c r="O14" s="11"/>
       <c r="P14" s="25" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="Q14" s="52"/>
       <c r="R14" s="52"/>
       <c r="S14" s="52"/>
       <c r="T14" s="45"/>
       <c r="U14" s="24"/>
       <c r="V14" s="40"/>
       <c r="W14" s="53"/>
       <c r="X14" s="73">
         <v>5194</v>
       </c>
       <c r="Y14" s="33">
         <v>0.14000000000000001</v>
       </c>
       <c r="Z14" s="83">
         <v>0.15840000000000001</v>
       </c>
       <c r="AA14" s="33">
         <v>0.13</v>
       </c>
       <c r="AB14" s="33">
         <v>0.105</v>
       </c>
       <c r="AC14" s="83" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="AD14" s="45"/>
     </row>
-    <row r="15" spans="1:31">
+    <row r="15" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A15" s="55"/>
       <c r="B15" s="7"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
       <c r="H15" s="55"/>
       <c r="I15" s="7"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="52"/>
       <c r="M15" s="8"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="17" t="s">
-        <v>123</v>
+        <v>43</v>
       </c>
       <c r="Q15" s="52"/>
       <c r="R15" s="52"/>
       <c r="S15" s="52"/>
       <c r="T15" s="47"/>
       <c r="U15" s="23">
         <v>0.2</v>
       </c>
       <c r="V15" s="39">
         <v>0.2</v>
       </c>
       <c r="W15" s="53"/>
       <c r="X15" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="Y15" s="27"/>
       <c r="Z15" s="80"/>
       <c r="AA15" s="95"/>
       <c r="AB15" s="95"/>
       <c r="AC15" s="80"/>
       <c r="AD15" s="45"/>
     </row>
-    <row r="16" spans="1:31">
+    <row r="16" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A16" s="55"/>
       <c r="B16" s="8"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="55"/>
       <c r="I16" s="8"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="52"/>
       <c r="M16" s="8"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="17" t="s">
-        <v>124</v>
+        <v>44</v>
       </c>
       <c r="Q16" s="54"/>
       <c r="R16" s="54"/>
       <c r="S16" s="47"/>
       <c r="T16" s="23">
         <v>0.14000000000000001</v>
       </c>
       <c r="U16" s="23">
         <v>0.11749999999999999</v>
       </c>
       <c r="V16" s="39">
         <v>6.9000000000000006E-2</v>
       </c>
       <c r="W16" s="53"/>
       <c r="X16" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="Y16" s="27"/>
       <c r="Z16" s="80"/>
       <c r="AA16" s="95"/>
       <c r="AB16" s="95"/>
       <c r="AC16" s="80"/>
       <c r="AD16" s="45"/>
     </row>
-    <row r="17" spans="1:30">
+    <row r="17" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A17" s="55"/>
       <c r="B17" s="15" t="s">
-        <v>125</v>
+        <v>45</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="55"/>
       <c r="I17" s="15" t="s">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="J17" s="24"/>
       <c r="K17" s="24"/>
       <c r="L17" s="52"/>
       <c r="M17" s="15" t="s">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="N17" s="24"/>
       <c r="O17" s="24"/>
       <c r="P17" s="25" t="s">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="Q17" s="24"/>
       <c r="R17" s="24"/>
       <c r="S17" s="26"/>
       <c r="T17" s="24"/>
       <c r="U17" s="24"/>
       <c r="V17" s="40"/>
       <c r="W17" s="53"/>
       <c r="X17" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="Y17" s="28">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="Z17" s="84">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="AA17" s="95">
         <v>0.14499999999999999</v>
       </c>
       <c r="AB17" s="95">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="AC17" s="80" t="s">
         <v>127</v>
       </c>
       <c r="AD17" s="45"/>
     </row>
-    <row r="18" spans="1:30">
+    <row r="18" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A18" s="55"/>
       <c r="B18" s="15" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="55"/>
       <c r="I18" s="15" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="52"/>
       <c r="M18" s="15" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="Q18" s="24"/>
       <c r="R18" s="24"/>
       <c r="S18" s="26"/>
       <c r="T18" s="24"/>
       <c r="U18" s="24"/>
       <c r="V18" s="40"/>
       <c r="W18" s="53"/>
       <c r="X18" s="75">
         <v>5350</v>
       </c>
       <c r="Y18" s="34"/>
       <c r="Z18" s="81"/>
       <c r="AA18" s="96"/>
       <c r="AB18" s="96"/>
       <c r="AC18" s="90"/>
       <c r="AD18" s="45"/>
     </row>
-    <row r="19" spans="1:30">
+    <row r="19" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A19" s="55"/>
       <c r="B19" s="15" t="s">
-        <v>130</v>
+        <v>49</v>
       </c>
       <c r="C19" s="24"/>
       <c r="D19" s="24"/>
       <c r="E19" s="24"/>
       <c r="F19" s="24"/>
       <c r="G19" s="24"/>
       <c r="H19" s="55"/>
       <c r="I19" s="15" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="J19" s="24"/>
       <c r="K19" s="24"/>
       <c r="L19" s="52"/>
       <c r="M19" s="15" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="N19" s="24"/>
       <c r="O19" s="24"/>
       <c r="P19" s="25" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="Q19" s="24"/>
       <c r="R19" s="24"/>
       <c r="S19" s="26"/>
       <c r="T19" s="24"/>
       <c r="U19" s="24"/>
       <c r="V19" s="40"/>
       <c r="W19" s="53"/>
       <c r="X19" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="Y19" s="35"/>
       <c r="Z19" s="81"/>
       <c r="AA19" s="97"/>
       <c r="AB19" s="97"/>
       <c r="AC19" s="81"/>
       <c r="AD19" s="45"/>
     </row>
-    <row r="20" spans="1:30">
+    <row r="20" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A20" s="55"/>
       <c r="B20" s="7"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="55"/>
       <c r="I20" s="15" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="52"/>
       <c r="M20" s="15" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="25" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="Q20" s="24"/>
       <c r="R20" s="24"/>
       <c r="S20" s="26"/>
       <c r="T20" s="24"/>
       <c r="U20" s="24"/>
       <c r="V20" s="40"/>
       <c r="W20" s="53"/>
       <c r="X20" s="73" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="Y20" s="36">
         <v>0.14399999999999999</v>
       </c>
       <c r="Z20" s="85">
         <v>0.1389</v>
       </c>
       <c r="AA20" s="98">
         <v>0.128</v>
       </c>
       <c r="AB20" s="98">
         <v>0.13700000000000001</v>
       </c>
       <c r="AC20" s="85" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="AD20" s="45"/>
     </row>
-    <row r="21" spans="1:30">
+    <row r="21" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A21" s="55"/>
       <c r="B21" s="15" t="s">
-        <v>133</v>
+        <v>52</v>
       </c>
       <c r="C21" s="24"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="24"/>
       <c r="H21" s="55"/>
       <c r="I21" s="15" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="J21" s="24"/>
       <c r="K21" s="24"/>
       <c r="L21" s="52"/>
       <c r="M21" s="15" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="N21" s="24"/>
       <c r="O21" s="24"/>
       <c r="P21" s="25" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="Q21" s="24"/>
       <c r="R21" s="24"/>
       <c r="S21" s="26"/>
       <c r="T21" s="24"/>
       <c r="U21" s="24"/>
       <c r="V21" s="40"/>
       <c r="W21" s="53"/>
       <c r="X21" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="Y21" s="37">
         <v>0.42399999999999999</v>
       </c>
       <c r="Z21" s="86">
         <v>0.35920000000000002</v>
       </c>
       <c r="AA21" s="98">
         <v>0.36499999999999999</v>
       </c>
       <c r="AB21" s="98">
         <v>0.40400000000000003</v>
       </c>
       <c r="AC21" s="85" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="AD21" s="45"/>
     </row>
-    <row r="22" spans="1:30">
+    <row r="22" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A22" s="55"/>
       <c r="B22" s="16" t="s">
-        <v>135</v>
+        <v>54</v>
       </c>
       <c r="C22" s="23">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="D22" s="23">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="E22" s="23">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="F22" s="23">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G22" s="23">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="H22" s="55"/>
       <c r="I22" s="15" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="J22" s="24">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="K22" s="24">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="L22" s="52"/>
       <c r="M22" s="15" t="s">
-        <v>137</v>
+        <v>56</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="25" t="s">
-        <v>137</v>
+        <v>56</v>
       </c>
       <c r="Q22" s="24"/>
       <c r="R22" s="24"/>
       <c r="S22" s="26"/>
       <c r="T22" s="24"/>
       <c r="U22" s="24"/>
       <c r="V22" s="40"/>
       <c r="W22" s="53"/>
       <c r="X22" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="Y22" s="27"/>
       <c r="Z22" s="80"/>
       <c r="AA22" s="95"/>
       <c r="AB22" s="95"/>
       <c r="AC22" s="80"/>
       <c r="AD22" s="45"/>
     </row>
-    <row r="23" spans="1:30">
+    <row r="23" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A23" s="55"/>
       <c r="B23" s="15" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="C23" s="24">
         <v>0.08</v>
       </c>
       <c r="D23" s="24">
         <v>0.08</v>
       </c>
       <c r="E23" s="24">
         <v>0.08</v>
       </c>
       <c r="F23" s="24">
         <v>0.08</v>
       </c>
       <c r="G23" s="24">
         <v>0.09</v>
       </c>
       <c r="H23" s="55"/>
       <c r="I23" s="7"/>
       <c r="J23" s="24"/>
       <c r="K23" s="24"/>
       <c r="L23" s="52"/>
       <c r="M23" s="15" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="N23" s="24"/>
       <c r="O23" s="24"/>
       <c r="P23" s="25" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="Q23" s="24"/>
       <c r="R23" s="24"/>
       <c r="S23" s="26"/>
       <c r="T23" s="24"/>
       <c r="U23" s="24"/>
       <c r="V23" s="40"/>
       <c r="W23" s="53"/>
       <c r="X23" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="Y23" s="27"/>
       <c r="Z23" s="80"/>
       <c r="AA23" s="95"/>
       <c r="AB23" s="95"/>
       <c r="AC23" s="80"/>
       <c r="AD23" s="45"/>
     </row>
-    <row r="24" spans="1:30">
+    <row r="24" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A24" s="55"/>
       <c r="B24" s="7"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="55"/>
       <c r="I24" s="7"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="52"/>
       <c r="M24" s="15" t="s">
-        <v>140</v>
+        <v>59</v>
       </c>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="25" t="s">
-        <v>140</v>
+        <v>59</v>
       </c>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="26"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
       <c r="V24" s="40"/>
       <c r="W24" s="53"/>
       <c r="X24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="Y24" s="27"/>
       <c r="Z24" s="80"/>
       <c r="AA24" s="95"/>
       <c r="AB24" s="95"/>
       <c r="AC24" s="80"/>
       <c r="AD24" s="45"/>
     </row>
-    <row r="25" spans="1:30">
+    <row r="25" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A25" s="55"/>
       <c r="B25" s="7"/>
       <c r="C25" s="24"/>
       <c r="D25" s="24"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="55"/>
       <c r="I25" s="7"/>
       <c r="J25" s="24"/>
       <c r="K25" s="24"/>
       <c r="L25" s="52"/>
       <c r="M25" s="15" t="s">
-        <v>141</v>
+        <v>60</v>
       </c>
       <c r="N25" s="24"/>
       <c r="O25" s="24"/>
       <c r="P25" s="25" t="s">
-        <v>141</v>
+        <v>60</v>
       </c>
       <c r="Q25" s="24"/>
       <c r="R25" s="24"/>
       <c r="S25" s="26"/>
       <c r="T25" s="24"/>
       <c r="U25" s="24"/>
       <c r="V25" s="40"/>
       <c r="W25" s="53"/>
       <c r="X25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="Y25" s="27"/>
       <c r="Z25" s="80"/>
       <c r="AA25" s="95"/>
       <c r="AB25" s="95"/>
       <c r="AC25" s="80"/>
       <c r="AD25" s="45"/>
     </row>
-    <row r="26" spans="1:30">
+    <row r="26" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A26" s="55"/>
       <c r="B26" s="7"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="55"/>
       <c r="I26" s="7"/>
       <c r="J26" s="24"/>
       <c r="K26" s="24"/>
       <c r="L26" s="52"/>
       <c r="M26" s="15" t="s">
-        <v>142</v>
+        <v>61</v>
       </c>
       <c r="N26" s="24"/>
       <c r="O26" s="24"/>
       <c r="P26" s="25" t="s">
-        <v>142</v>
+        <v>61</v>
       </c>
       <c r="Q26" s="24"/>
       <c r="R26" s="24"/>
       <c r="S26" s="26"/>
       <c r="T26" s="24"/>
       <c r="U26" s="24"/>
       <c r="V26" s="40"/>
       <c r="W26" s="53"/>
       <c r="X26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="Y26" s="27"/>
       <c r="Z26" s="80"/>
       <c r="AA26" s="95"/>
       <c r="AB26" s="95"/>
       <c r="AC26" s="80"/>
       <c r="AD26" s="45"/>
     </row>
-    <row r="27" spans="1:30">
+    <row r="27" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A27" s="55"/>
       <c r="B27" s="7"/>
       <c r="C27" s="24"/>
       <c r="D27" s="24"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="55"/>
       <c r="I27" s="7"/>
       <c r="J27" s="24"/>
       <c r="K27" s="24"/>
       <c r="L27" s="52"/>
       <c r="M27" s="15" t="s">
-        <v>143</v>
+        <v>62</v>
       </c>
       <c r="N27" s="24"/>
       <c r="O27" s="24"/>
       <c r="P27" s="25" t="s">
-        <v>143</v>
+        <v>62</v>
       </c>
       <c r="Q27" s="24"/>
       <c r="R27" s="24"/>
       <c r="S27" s="26"/>
       <c r="T27" s="24"/>
       <c r="U27" s="24"/>
       <c r="V27" s="40"/>
       <c r="W27" s="53"/>
       <c r="X27" s="76">
         <v>5190</v>
       </c>
       <c r="Y27" s="27"/>
       <c r="Z27" s="80"/>
       <c r="AA27" s="95"/>
       <c r="AB27" s="95"/>
       <c r="AC27" s="80"/>
       <c r="AD27" s="45"/>
     </row>
-    <row r="28" spans="1:30">
+    <row r="28" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A28" s="55"/>
       <c r="B28" s="7"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="55"/>
       <c r="I28" s="7"/>
       <c r="J28" s="24"/>
       <c r="K28" s="24"/>
       <c r="L28" s="52"/>
       <c r="M28" s="15" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="N28" s="24">
         <v>0.08</v>
       </c>
       <c r="O28" s="24">
         <v>0.08</v>
       </c>
       <c r="P28" s="25" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="Q28" s="24"/>
       <c r="R28" s="24"/>
       <c r="S28" s="26"/>
       <c r="T28" s="24"/>
       <c r="U28" s="24"/>
       <c r="V28" s="40"/>
       <c r="W28" s="53"/>
       <c r="X28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="Y28" s="27"/>
       <c r="Z28" s="80"/>
       <c r="AA28" s="95"/>
       <c r="AB28" s="95"/>
       <c r="AC28" s="80"/>
       <c r="AD28" s="45"/>
     </row>
-    <row r="29" spans="1:30">
+    <row r="29" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A29" s="55"/>
       <c r="B29" s="7"/>
       <c r="C29" s="11"/>
       <c r="D29" s="11"/>
       <c r="E29" s="11"/>
       <c r="F29" s="11"/>
       <c r="G29" s="11"/>
       <c r="H29" s="55"/>
       <c r="I29" s="7"/>
       <c r="J29" s="11"/>
       <c r="K29" s="11"/>
       <c r="L29" s="52"/>
       <c r="M29" s="7"/>
       <c r="N29" s="11"/>
       <c r="O29" s="11"/>
       <c r="P29" s="25" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="Q29" s="23">
         <v>0.08</v>
       </c>
       <c r="R29" s="23">
         <v>0.08</v>
       </c>
       <c r="S29" s="21">
         <v>0.08</v>
       </c>
       <c r="T29" s="11"/>
       <c r="U29" s="24"/>
       <c r="V29" s="40"/>
       <c r="W29" s="53"/>
       <c r="X29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="Y29" s="27"/>
       <c r="Z29" s="80"/>
       <c r="AA29" s="95"/>
       <c r="AB29" s="95"/>
       <c r="AC29" s="80"/>
       <c r="AD29" s="45"/>
     </row>
-    <row r="30" spans="1:30">
+    <row r="30" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A30" s="55"/>
       <c r="B30" s="7"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="55"/>
       <c r="I30" s="7"/>
       <c r="J30" s="11"/>
       <c r="K30" s="11"/>
       <c r="L30" s="52"/>
       <c r="M30" s="7"/>
       <c r="N30" s="11"/>
       <c r="O30" s="11"/>
       <c r="P30" s="25" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="Q30" s="50"/>
       <c r="R30" s="50"/>
       <c r="S30" s="44"/>
       <c r="T30" s="11"/>
       <c r="U30" s="24"/>
       <c r="V30" s="40"/>
       <c r="W30" s="53"/>
       <c r="X30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="Y30" s="27"/>
       <c r="Z30" s="80"/>
       <c r="AA30" s="95"/>
       <c r="AB30" s="95"/>
       <c r="AC30" s="80"/>
       <c r="AD30" s="45"/>
     </row>
-    <row r="31" spans="1:30">
+    <row r="31" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A31" s="55"/>
       <c r="B31" s="7"/>
       <c r="C31" s="11"/>
       <c r="D31" s="11"/>
       <c r="E31" s="11"/>
       <c r="F31" s="11"/>
       <c r="G31" s="11"/>
       <c r="H31" s="55"/>
       <c r="I31" s="7"/>
       <c r="J31" s="11"/>
       <c r="K31" s="11"/>
       <c r="L31" s="52"/>
       <c r="M31" s="7"/>
       <c r="N31" s="11"/>
       <c r="O31" s="11"/>
       <c r="P31" s="25" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="Q31" s="52"/>
       <c r="R31" s="52"/>
       <c r="S31" s="45"/>
       <c r="T31" s="23">
         <v>0.08</v>
       </c>
       <c r="U31" s="24"/>
       <c r="V31" s="40"/>
       <c r="W31" s="53"/>
       <c r="X31" s="76">
         <v>5450</v>
       </c>
       <c r="Y31" s="27"/>
       <c r="Z31" s="80"/>
       <c r="AA31" s="95"/>
       <c r="AB31" s="95"/>
       <c r="AC31" s="80"/>
       <c r="AD31" s="45"/>
     </row>
-    <row r="32" spans="1:30">
+    <row r="32" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A32" s="55"/>
       <c r="B32" s="7"/>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="11"/>
       <c r="H32" s="55"/>
       <c r="I32" s="7"/>
       <c r="J32" s="11"/>
       <c r="K32" s="11"/>
       <c r="L32" s="52"/>
       <c r="M32" s="7"/>
       <c r="N32" s="11"/>
       <c r="O32" s="11"/>
       <c r="P32" s="25" t="s">
-        <v>148</v>
+        <v>67</v>
       </c>
       <c r="Q32" s="52"/>
       <c r="R32" s="52"/>
       <c r="S32" s="52"/>
       <c r="T32" s="45"/>
       <c r="U32" s="24"/>
       <c r="V32" s="40"/>
       <c r="W32" s="53"/>
       <c r="X32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="Y32" s="27"/>
       <c r="Z32" s="80"/>
       <c r="AA32" s="95"/>
       <c r="AB32" s="95"/>
       <c r="AC32" s="80"/>
       <c r="AD32" s="45"/>
     </row>
-    <row r="33" spans="1:30">
+    <row r="33" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A33" s="55"/>
       <c r="B33" s="7"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="55"/>
       <c r="I33" s="7"/>
       <c r="J33" s="11"/>
       <c r="K33" s="11"/>
       <c r="L33" s="52"/>
       <c r="M33" s="7"/>
       <c r="N33" s="11"/>
       <c r="O33" s="11"/>
       <c r="P33" s="25" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
       <c r="Q33" s="52"/>
       <c r="R33" s="52"/>
       <c r="S33" s="52"/>
       <c r="T33" s="45"/>
       <c r="U33" s="24"/>
       <c r="V33" s="40"/>
       <c r="W33" s="53"/>
       <c r="X33" s="76">
         <v>5512</v>
       </c>
       <c r="Y33" s="27"/>
       <c r="Z33" s="80"/>
       <c r="AA33" s="95"/>
       <c r="AB33" s="95"/>
       <c r="AC33" s="80"/>
       <c r="AD33" s="45"/>
     </row>
-    <row r="34" spans="1:30">
+    <row r="34" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A34" s="55"/>
       <c r="B34" s="7"/>
       <c r="C34" s="11"/>
       <c r="D34" s="11"/>
       <c r="E34" s="11"/>
       <c r="F34" s="11"/>
       <c r="G34" s="11"/>
       <c r="H34" s="55"/>
       <c r="I34" s="7"/>
       <c r="J34" s="11"/>
       <c r="K34" s="11"/>
       <c r="L34" s="52"/>
       <c r="M34" s="7"/>
       <c r="N34" s="11"/>
       <c r="O34" s="11"/>
       <c r="P34" s="25" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="Q34" s="52"/>
       <c r="R34" s="52"/>
       <c r="S34" s="52"/>
       <c r="T34" s="45"/>
       <c r="U34" s="24"/>
       <c r="V34" s="40"/>
       <c r="W34" s="53"/>
       <c r="X34" s="76">
         <v>5572</v>
       </c>
       <c r="Y34" s="27"/>
       <c r="Z34" s="80"/>
       <c r="AA34" s="95"/>
       <c r="AB34" s="95"/>
       <c r="AC34" s="80"/>
       <c r="AD34" s="45"/>
     </row>
-    <row r="35" spans="1:30">
+    <row r="35" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A35" s="55"/>
       <c r="B35" s="7"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="55"/>
       <c r="I35" s="7"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="52"/>
       <c r="M35" s="7"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="25" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="Q35" s="52"/>
       <c r="R35" s="52"/>
       <c r="S35" s="52"/>
       <c r="T35" s="45"/>
       <c r="U35" s="24"/>
       <c r="V35" s="40"/>
       <c r="W35" s="53"/>
       <c r="X35" s="76">
         <v>5577</v>
       </c>
       <c r="Y35" s="27"/>
       <c r="Z35" s="80"/>
       <c r="AA35" s="95"/>
       <c r="AB35" s="95"/>
       <c r="AC35" s="80" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="AD35" s="45"/>
     </row>
-    <row r="36" spans="1:30">
+    <row r="36" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A36" s="55"/>
       <c r="B36" s="7"/>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="55"/>
       <c r="I36" s="7"/>
       <c r="J36" s="11"/>
       <c r="K36" s="11"/>
       <c r="L36" s="52"/>
       <c r="M36" s="7"/>
       <c r="N36" s="11"/>
       <c r="O36" s="11"/>
       <c r="P36" s="25" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="Q36" s="52"/>
       <c r="R36" s="52"/>
       <c r="S36" s="52"/>
       <c r="T36" s="45"/>
       <c r="U36" s="24"/>
       <c r="V36" s="40"/>
       <c r="W36" s="53"/>
       <c r="X36" s="76">
         <v>5602</v>
       </c>
       <c r="Y36" s="27"/>
       <c r="Z36" s="80"/>
       <c r="AA36" s="95"/>
       <c r="AB36" s="95"/>
       <c r="AC36" s="80" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="AD36" s="45"/>
     </row>
-    <row r="37" spans="1:30">
+    <row r="37" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A37" s="55"/>
       <c r="B37" s="8"/>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="55"/>
       <c r="I37" s="8"/>
       <c r="J37" s="10"/>
       <c r="K37" s="10"/>
       <c r="L37" s="52"/>
       <c r="M37" s="8"/>
       <c r="N37" s="10"/>
       <c r="O37" s="10"/>
       <c r="P37" s="17" t="s">
-        <v>153</v>
+        <v>72</v>
       </c>
       <c r="Q37" s="54"/>
       <c r="R37" s="54"/>
       <c r="S37" s="54"/>
       <c r="T37" s="47"/>
       <c r="U37" s="23">
         <v>0.08</v>
       </c>
       <c r="V37" s="39">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="W37" s="53"/>
       <c r="X37" s="76">
         <v>5612</v>
       </c>
       <c r="Y37" s="27"/>
       <c r="Z37" s="80"/>
       <c r="AA37" s="95"/>
       <c r="AB37" s="95"/>
       <c r="AC37" s="80" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="AD37" s="45"/>
     </row>
-    <row r="38" spans="1:30">
+    <row r="38" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A38" s="55"/>
       <c r="B38" s="16" t="s">
-        <v>154</v>
+        <v>73</v>
       </c>
       <c r="C38" s="23">
         <v>0.3</v>
       </c>
       <c r="D38" s="23">
         <v>0.3</v>
       </c>
       <c r="E38" s="23">
         <v>0.31</v>
       </c>
       <c r="F38" s="23">
         <v>0.31</v>
       </c>
       <c r="G38" s="23">
         <v>0.32</v>
       </c>
       <c r="H38" s="55"/>
       <c r="I38" s="16" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="J38" s="23">
         <v>0.32</v>
       </c>
       <c r="K38" s="23">
         <v>0.4</v>
       </c>
       <c r="L38" s="52"/>
       <c r="M38" s="16" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="N38" s="23">
         <v>0.4</v>
       </c>
       <c r="O38" s="23">
         <v>0.375</v>
       </c>
       <c r="P38" s="17" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="Q38" s="23">
         <v>0.375</v>
       </c>
       <c r="R38" s="23">
         <v>0.39500000000000002</v>
       </c>
       <c r="S38" s="21">
         <v>0.45</v>
       </c>
       <c r="T38" s="23">
         <v>0.45500000000000002</v>
       </c>
       <c r="U38" s="23">
         <v>0.36</v>
       </c>
       <c r="V38" s="39">
         <v>0.32700000000000001</v>
       </c>
       <c r="W38" s="53"/>
       <c r="X38" s="76">
         <v>5672</v>
       </c>
       <c r="Y38" s="27"/>
       <c r="Z38" s="80"/>
       <c r="AA38" s="95"/>
       <c r="AB38" s="95"/>
       <c r="AC38" s="80" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="AD38" s="45"/>
     </row>
-    <row r="39" spans="1:30">
+    <row r="39" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A39" s="55"/>
       <c r="B39" s="15" t="s">
-        <v>156</v>
+        <v>75</v>
       </c>
       <c r="C39" s="24">
         <v>0.125</v>
       </c>
       <c r="D39" s="24">
         <v>0.125</v>
       </c>
       <c r="E39" s="24">
         <v>0.14000000000000001</v>
       </c>
       <c r="F39" s="24">
         <v>0.14000000000000001</v>
       </c>
       <c r="G39" s="24">
         <v>0.14000000000000001</v>
       </c>
       <c r="H39" s="55"/>
       <c r="I39" s="15" t="s">
-        <v>157</v>
+        <v>76</v>
       </c>
       <c r="J39" s="24"/>
       <c r="K39" s="24"/>
       <c r="L39" s="52"/>
       <c r="M39" s="15" t="s">
-        <v>157</v>
+        <v>76</v>
       </c>
       <c r="N39" s="24"/>
       <c r="O39" s="24"/>
       <c r="P39" s="25" t="s">
-        <v>157</v>
+        <v>76</v>
       </c>
       <c r="Q39" s="24"/>
       <c r="R39" s="24"/>
       <c r="S39" s="26"/>
       <c r="T39" s="24"/>
       <c r="U39" s="24"/>
       <c r="V39" s="40"/>
       <c r="W39" s="53"/>
       <c r="X39" s="76">
         <v>5677</v>
       </c>
       <c r="Y39" s="27"/>
       <c r="Z39" s="80"/>
       <c r="AA39" s="95"/>
       <c r="AB39" s="95"/>
       <c r="AC39" s="80" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="AD39" s="45"/>
     </row>
-    <row r="40" spans="1:30">
+    <row r="40" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A40" s="55"/>
       <c r="B40" s="7"/>
       <c r="C40" s="24"/>
       <c r="D40" s="24"/>
       <c r="E40" s="24"/>
       <c r="F40" s="24"/>
       <c r="G40" s="24"/>
       <c r="H40" s="55"/>
       <c r="I40" s="15" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
       <c r="J40" s="24"/>
       <c r="K40" s="24"/>
       <c r="L40" s="52"/>
       <c r="M40" s="15" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
       <c r="N40" s="24"/>
       <c r="O40" s="24"/>
       <c r="P40" s="25" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
       <c r="Q40" s="24"/>
       <c r="R40" s="24"/>
       <c r="S40" s="26"/>
       <c r="T40" s="24"/>
       <c r="U40" s="24"/>
       <c r="V40" s="40"/>
       <c r="W40" s="53"/>
       <c r="X40" s="73" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="Y40" s="28">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="Z40" s="84">
         <v>7.0900000000000005E-2</v>
       </c>
       <c r="AA40" s="93">
         <v>7.8E-2</v>
       </c>
       <c r="AB40" s="93">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="AC40" s="84" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="AD40" s="45"/>
     </row>
-    <row r="41" spans="1:30">
+    <row r="41" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A41" s="55"/>
       <c r="B41" s="8"/>
       <c r="C41" s="23"/>
       <c r="D41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="55"/>
       <c r="I41" s="16" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="J41" s="23"/>
       <c r="K41" s="23"/>
       <c r="L41" s="52"/>
       <c r="M41" s="16" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="N41" s="23">
         <v>0.16</v>
       </c>
       <c r="O41" s="23">
         <v>0.17</v>
       </c>
       <c r="P41" s="25" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="Q41" s="23">
         <v>0.17</v>
       </c>
       <c r="R41" s="23">
         <v>0.17499999999999999</v>
       </c>
       <c r="S41" s="21">
         <v>0.17499999999999999</v>
       </c>
       <c r="T41" s="11"/>
       <c r="U41" s="24"/>
       <c r="V41" s="39">
         <v>0.13200000000000001</v>
       </c>
       <c r="W41" s="53"/>
       <c r="X41" s="75">
         <v>5510</v>
       </c>
       <c r="Y41" s="32"/>
       <c r="Z41" s="24"/>
       <c r="AA41" s="94"/>
       <c r="AB41" s="94"/>
       <c r="AC41" s="24"/>
       <c r="AD41" s="45"/>
     </row>
-    <row r="42" spans="1:30">
+    <row r="42" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A42" s="55"/>
       <c r="B42" s="7"/>
       <c r="C42" s="11"/>
       <c r="D42" s="11"/>
       <c r="E42" s="11"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="55"/>
       <c r="I42" s="7"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="52"/>
       <c r="M42" s="7"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="25" t="s">
-        <v>160</v>
+        <v>79</v>
       </c>
       <c r="Q42" s="52"/>
       <c r="R42" s="52"/>
       <c r="S42" s="45"/>
       <c r="T42" s="23">
         <v>0.2</v>
       </c>
       <c r="U42" s="24"/>
       <c r="V42" s="40"/>
       <c r="W42" s="53"/>
       <c r="X42" s="76">
         <v>5570</v>
       </c>
       <c r="Y42" s="12"/>
       <c r="Z42" s="24"/>
       <c r="AA42" s="94"/>
       <c r="AB42" s="94"/>
       <c r="AC42" s="24"/>
       <c r="AD42" s="45"/>
     </row>
-    <row r="43" spans="1:30">
+    <row r="43" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A43" s="55"/>
       <c r="B43" s="7"/>
       <c r="C43" s="11"/>
       <c r="D43" s="11"/>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
       <c r="G43" s="11"/>
       <c r="H43" s="55"/>
       <c r="I43" s="7"/>
       <c r="J43" s="11"/>
       <c r="K43" s="11"/>
       <c r="L43" s="52"/>
       <c r="M43" s="7"/>
       <c r="N43" s="11"/>
       <c r="O43" s="11"/>
       <c r="P43" s="25" t="s">
-        <v>161</v>
+        <v>80</v>
       </c>
       <c r="Q43" s="52"/>
       <c r="R43" s="52"/>
       <c r="S43" s="52"/>
       <c r="T43" s="58"/>
       <c r="U43" s="24"/>
       <c r="V43" s="40"/>
       <c r="W43" s="53"/>
       <c r="X43" s="76">
         <v>5575</v>
       </c>
       <c r="Y43" s="27"/>
       <c r="Z43" s="80"/>
       <c r="AA43" s="95"/>
       <c r="AB43" s="95"/>
       <c r="AC43" s="80"/>
       <c r="AD43" s="45"/>
     </row>
-    <row r="44" spans="1:30">
+    <row r="44" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A44" s="55"/>
       <c r="B44" s="7"/>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11"/>
       <c r="F44" s="11"/>
       <c r="G44" s="11"/>
       <c r="H44" s="55"/>
       <c r="I44" s="7"/>
       <c r="J44" s="11"/>
       <c r="K44" s="11"/>
       <c r="L44" s="52"/>
       <c r="M44" s="7"/>
       <c r="N44" s="11"/>
       <c r="O44" s="11"/>
       <c r="P44" s="17" t="s">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="Q44" s="54"/>
       <c r="R44" s="54"/>
       <c r="S44" s="54"/>
       <c r="T44" s="59"/>
       <c r="U44" s="23">
         <v>0.18</v>
       </c>
       <c r="V44" s="39">
         <v>0.13400000000000001</v>
       </c>
       <c r="W44" s="53"/>
       <c r="X44" s="76">
         <v>5600</v>
       </c>
       <c r="Y44" s="27"/>
       <c r="Z44" s="80"/>
       <c r="AA44" s="95"/>
       <c r="AB44" s="95"/>
       <c r="AC44" s="80"/>
       <c r="AD44" s="45"/>
     </row>
-    <row r="45" spans="1:30">
+    <row r="45" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A45" s="55"/>
       <c r="B45" s="15" t="s">
-        <v>163</v>
+        <v>82</v>
       </c>
       <c r="C45" s="24"/>
       <c r="D45" s="24"/>
       <c r="E45" s="24"/>
       <c r="F45" s="24"/>
       <c r="G45" s="24"/>
       <c r="H45" s="55"/>
       <c r="I45" s="15" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="J45" s="24"/>
       <c r="K45" s="24"/>
       <c r="L45" s="52"/>
       <c r="M45" s="15" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="N45" s="24"/>
       <c r="O45" s="24"/>
       <c r="P45" s="25" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="Q45" s="24"/>
       <c r="R45" s="24"/>
       <c r="S45" s="26"/>
       <c r="T45" s="24"/>
       <c r="U45" s="24"/>
       <c r="V45" s="40"/>
       <c r="W45" s="53"/>
       <c r="X45" s="76">
         <v>5610</v>
       </c>
       <c r="Y45" s="27"/>
       <c r="Z45" s="80"/>
       <c r="AA45" s="95"/>
       <c r="AB45" s="95"/>
       <c r="AC45" s="80"/>
       <c r="AD45" s="45"/>
     </row>
-    <row r="46" spans="1:30">
+    <row r="46" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A46" s="55"/>
       <c r="B46" s="16" t="s">
-        <v>165</v>
+        <v>84</v>
       </c>
       <c r="C46" s="23">
         <v>0</v>
       </c>
       <c r="D46" s="23">
         <v>0</v>
       </c>
       <c r="E46" s="23">
         <v>0</v>
       </c>
       <c r="F46" s="23">
         <v>0</v>
       </c>
       <c r="G46" s="23">
         <v>0</v>
       </c>
       <c r="H46" s="55"/>
       <c r="I46" s="16" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="J46" s="23">
         <v>0</v>
       </c>
       <c r="K46" s="23">
         <v>0</v>
       </c>
       <c r="L46" s="52"/>
       <c r="M46" s="16" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="N46" s="23">
         <v>0</v>
       </c>
       <c r="O46" s="23">
         <v>0</v>
       </c>
       <c r="P46" s="25" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="Q46" s="24"/>
       <c r="R46" s="24"/>
       <c r="S46" s="26"/>
       <c r="T46" s="24"/>
       <c r="U46" s="24"/>
       <c r="V46" s="40"/>
       <c r="W46" s="53"/>
       <c r="X46" s="76">
         <v>5670</v>
       </c>
       <c r="Y46" s="27"/>
       <c r="Z46" s="80"/>
       <c r="AA46" s="95"/>
       <c r="AB46" s="95"/>
       <c r="AC46" s="80"/>
       <c r="AD46" s="45"/>
     </row>
-    <row r="47" spans="1:30">
+    <row r="47" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A47" s="55"/>
       <c r="B47" s="52"/>
       <c r="C47" s="52"/>
       <c r="D47" s="52"/>
       <c r="E47" s="52"/>
       <c r="F47" s="52"/>
       <c r="G47" s="52"/>
       <c r="H47" s="52"/>
       <c r="I47" s="52"/>
       <c r="J47" s="52"/>
       <c r="K47" s="52"/>
       <c r="L47" s="52"/>
       <c r="M47" s="52"/>
       <c r="N47" s="52"/>
       <c r="O47" s="45"/>
       <c r="P47" s="25" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="Q47" s="11"/>
       <c r="R47" s="11"/>
       <c r="S47" s="26"/>
       <c r="T47" s="24"/>
       <c r="U47" s="24"/>
       <c r="V47" s="40"/>
       <c r="W47" s="53"/>
       <c r="X47" s="73">
         <v>5675</v>
       </c>
       <c r="Y47" s="28">
         <v>0</v>
       </c>
       <c r="Z47" s="82">
         <v>0</v>
       </c>
       <c r="AA47" s="93">
         <v>0</v>
       </c>
       <c r="AB47" s="93">
         <v>0</v>
       </c>
       <c r="AC47" s="84" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="AD47" s="45"/>
     </row>
-    <row r="48" spans="1:30">
+    <row r="48" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A48" s="55"/>
       <c r="B48" s="52"/>
       <c r="C48" s="52"/>
       <c r="D48" s="52"/>
       <c r="E48" s="52"/>
       <c r="F48" s="52"/>
       <c r="G48" s="52"/>
       <c r="H48" s="52"/>
       <c r="I48" s="52"/>
       <c r="J48" s="52"/>
       <c r="K48" s="52"/>
       <c r="L48" s="52"/>
       <c r="M48" s="52"/>
       <c r="N48" s="52"/>
       <c r="O48" s="45"/>
       <c r="P48" s="25" t="s">
-        <v>168</v>
+        <v>87</v>
       </c>
       <c r="Q48" s="23">
         <v>0</v>
       </c>
       <c r="R48" s="23">
         <v>0</v>
       </c>
       <c r="S48" s="21">
         <v>0</v>
       </c>
       <c r="T48" s="11"/>
       <c r="U48" s="24"/>
       <c r="V48" s="40"/>
       <c r="W48" s="70"/>
       <c r="X48" s="68"/>
       <c r="Y48" s="42"/>
       <c r="Z48" s="43"/>
       <c r="AA48" s="99"/>
       <c r="AB48" s="99"/>
       <c r="AC48" s="43"/>
       <c r="AD48" s="45"/>
     </row>
-    <row r="49" spans="1:30">
+    <row r="49" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A49" s="55"/>
       <c r="B49" s="52"/>
       <c r="C49" s="52"/>
       <c r="D49" s="52"/>
       <c r="E49" s="52"/>
       <c r="F49" s="52"/>
       <c r="G49" s="52"/>
       <c r="H49" s="52"/>
       <c r="I49" s="52"/>
       <c r="J49" s="52"/>
       <c r="K49" s="52"/>
       <c r="L49" s="52"/>
       <c r="M49" s="52"/>
       <c r="N49" s="52"/>
       <c r="O49" s="45"/>
       <c r="P49" s="17" t="s">
-        <v>169</v>
+        <v>88</v>
       </c>
       <c r="Q49" s="52"/>
       <c r="R49" s="52"/>
       <c r="S49" s="45"/>
       <c r="T49" s="23">
         <v>0</v>
       </c>
       <c r="U49" s="23">
         <v>0</v>
       </c>
       <c r="V49" s="39">
         <v>0</v>
       </c>
       <c r="W49" s="70"/>
       <c r="X49" s="52"/>
       <c r="Y49" s="43"/>
       <c r="Z49" s="43"/>
       <c r="AA49" s="99"/>
       <c r="AB49" s="99"/>
       <c r="AC49" s="43"/>
       <c r="AD49" s="45"/>
     </row>
-    <row r="50" spans="1:30">
+    <row r="50" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A50" s="55"/>
       <c r="B50" s="52"/>
       <c r="C50" s="52"/>
       <c r="D50" s="52"/>
       <c r="E50" s="52"/>
       <c r="F50" s="52"/>
       <c r="G50" s="52"/>
       <c r="H50" s="52"/>
       <c r="I50" s="52"/>
       <c r="J50" s="52"/>
       <c r="K50" s="52"/>
       <c r="L50" s="52"/>
       <c r="M50" s="52"/>
       <c r="N50" s="52"/>
       <c r="O50" s="52"/>
       <c r="P50" s="52"/>
       <c r="Q50" s="52"/>
       <c r="R50" s="52"/>
       <c r="S50" s="53"/>
       <c r="T50" s="53"/>
       <c r="U50" s="56"/>
       <c r="V50" s="56"/>
       <c r="W50" s="53"/>
       <c r="X50" s="52"/>
       <c r="Y50" s="43"/>
       <c r="Z50" s="43"/>
       <c r="AA50" s="99"/>
       <c r="AB50" s="99"/>
       <c r="AC50" s="43"/>
       <c r="AD50" s="45"/>
     </row>
-    <row r="51" spans="1:30" ht="12" customHeight="1">
+    <row r="51" spans="1:30" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="55"/>
       <c r="B51" s="18" t="s">
-        <v>170</v>
+        <v>89</v>
       </c>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="9"/>
       <c r="F51" s="22">
         <v>0.42</v>
       </c>
       <c r="G51" s="19">
         <v>0.43</v>
       </c>
       <c r="H51" s="58"/>
       <c r="I51" s="13" t="s">
-        <v>171</v>
+        <v>90</v>
       </c>
       <c r="J51" s="19">
         <v>0.43</v>
       </c>
       <c r="K51" s="19">
         <v>0.47</v>
       </c>
       <c r="L51" s="45"/>
       <c r="M51" s="13" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="N51" s="19">
         <v>0.47</v>
       </c>
       <c r="O51" s="19">
         <v>0.48</v>
       </c>
       <c r="P51" s="13" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="Q51" s="19">
         <v>0.48</v>
       </c>
       <c r="R51" s="19"/>
       <c r="S51" s="22">
         <v>0.48</v>
       </c>
       <c r="T51" s="22">
         <v>0.48</v>
       </c>
       <c r="U51" s="23">
         <v>0.48</v>
       </c>
       <c r="V51" s="41">
         <v>0.48</v>
       </c>
       <c r="W51" s="53"/>
       <c r="X51" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="Y51" s="61">
         <v>0.48</v>
       </c>
       <c r="Z51" s="79">
         <v>0.48</v>
       </c>
       <c r="AA51" s="79">
         <v>0.48</v>
       </c>
       <c r="AB51" s="79">
         <v>0.48</v>
       </c>
       <c r="AC51" s="88"/>
       <c r="AD51" s="45"/>
     </row>
-    <row r="52" spans="1:30">
+    <row r="52" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A52" s="55"/>
       <c r="B52" s="52"/>
       <c r="C52" s="52"/>
       <c r="D52" s="52"/>
       <c r="E52" s="52"/>
       <c r="F52" s="52"/>
       <c r="G52" s="22">
         <v>0.16</v>
       </c>
       <c r="H52" s="53"/>
       <c r="I52" s="21"/>
       <c r="J52" s="22">
         <v>0.16</v>
       </c>
       <c r="K52" s="22">
         <v>0.2</v>
       </c>
       <c r="L52" s="53"/>
       <c r="M52" s="21"/>
       <c r="N52" s="22">
         <v>0.2</v>
       </c>
       <c r="O52" s="22">
         <v>0.2</v>
       </c>
@@ -23630,51 +23633,51 @@
         <v>0.22600000000000001</v>
       </c>
       <c r="U52" s="23">
         <v>0.22600000000000001</v>
       </c>
       <c r="V52" s="39">
         <v>0.22600000000000001</v>
       </c>
       <c r="W52" s="53"/>
       <c r="X52" s="77"/>
       <c r="Y52" s="62">
         <v>0.22600000000000001</v>
       </c>
       <c r="Z52" s="79">
         <v>0.22600000000000001</v>
       </c>
       <c r="AA52" s="89">
         <v>0.22600000000000001</v>
       </c>
       <c r="AB52" s="89">
         <v>0.22600000000000001</v>
       </c>
       <c r="AC52" s="89"/>
       <c r="AD52" s="45"/>
     </row>
-    <row r="53" spans="1:30">
+    <row r="53" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A53" s="57"/>
       <c r="B53" s="54"/>
       <c r="C53" s="54"/>
       <c r="D53" s="54"/>
       <c r="E53" s="54"/>
       <c r="F53" s="54"/>
       <c r="G53" s="54"/>
       <c r="H53" s="54"/>
       <c r="I53" s="54"/>
       <c r="J53" s="54"/>
       <c r="K53" s="54"/>
       <c r="L53" s="54"/>
       <c r="M53" s="54"/>
       <c r="N53" s="54"/>
       <c r="O53" s="54"/>
       <c r="P53" s="54"/>
       <c r="Q53" s="54"/>
       <c r="R53" s="54"/>
       <c r="S53" s="56"/>
       <c r="T53" s="54"/>
       <c r="U53" s="54"/>
       <c r="V53" s="54"/>
       <c r="W53" s="54"/>
       <c r="X53" s="54"/>
       <c r="Y53" s="54"/>
@@ -23683,2495 +23686,2495 @@
       <c r="AB53" s="54"/>
       <c r="AC53" s="54"/>
       <c r="AD53" s="47"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="56" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BFC07E4-92FA-4CB6-B9CA-84623158083D}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB52"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D49" sqref="D49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="2.42578125" customWidth="1"/>
     <col min="7" max="7" width="8.5703125" customWidth="1"/>
     <col min="8" max="9" width="7.5703125" customWidth="1"/>
     <col min="10" max="10" width="1.5703125" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="7.5703125" customWidth="1"/>
     <col min="14" max="14" width="8.5703125" customWidth="1"/>
     <col min="15" max="15" width="7.5703125" customWidth="1"/>
     <col min="16" max="16" width="12.140625" customWidth="1"/>
     <col min="17" max="20" width="7.5703125" customWidth="1"/>
     <col min="21" max="21" width="1.5703125" customWidth="1"/>
     <col min="22" max="22" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:28" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="210"/>
       <c r="G1" s="130"/>
       <c r="H1" s="130"/>
       <c r="I1" s="130"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
     </row>
-    <row r="2" spans="1:28">
+    <row r="2" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="F2" s="129"/>
     </row>
-    <row r="3" spans="1:28">
+    <row r="3" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="180"/>
     </row>
-    <row r="4" spans="1:28" ht="8.25" customHeight="1">
+    <row r="4" spans="1:28" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71"/>
       <c r="C4" s="176"/>
       <c r="D4" s="176"/>
       <c r="E4" s="176"/>
       <c r="F4" s="180"/>
     </row>
-    <row r="5" spans="1:28" ht="25.5">
+    <row r="5" spans="1:28" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="199" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="C5" s="200">
         <v>2023</v>
       </c>
       <c r="D5" s="200" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="E5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="F5" s="180"/>
     </row>
-    <row r="6" spans="1:28">
+    <row r="6" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="186">
         <v>0.314</v>
       </c>
       <c r="D6" s="186">
         <v>0.39400000000000002</v>
       </c>
       <c r="E6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="F6" s="180"/>
       <c r="G6" s="156"/>
     </row>
-    <row r="7" spans="1:28">
+    <row r="7" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="186">
         <v>0.26600000000000001</v>
       </c>
       <c r="D7" s="186">
         <v>0.34899999999999998</v>
       </c>
       <c r="E7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="F7" s="180"/>
       <c r="G7" s="156"/>
     </row>
-    <row r="8" spans="1:28">
+    <row r="8" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C8" s="161"/>
       <c r="D8" s="161"/>
       <c r="E8" s="148"/>
       <c r="F8" s="180"/>
       <c r="G8" s="156"/>
     </row>
-    <row r="9" spans="1:28">
+    <row r="9" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76">
         <v>5194</v>
       </c>
       <c r="C9" s="161"/>
       <c r="D9" s="161"/>
       <c r="E9" s="171"/>
       <c r="F9" s="180"/>
       <c r="G9" s="156"/>
     </row>
-    <row r="10" spans="1:28">
+    <row r="10" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="73">
         <v>5494</v>
       </c>
       <c r="C10" s="194">
         <v>0.23599999999999999</v>
       </c>
       <c r="D10" s="194">
         <v>0.23</v>
       </c>
       <c r="E10" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="F10" s="180"/>
       <c r="G10" s="156"/>
     </row>
-    <row r="11" spans="1:28">
+    <row r="11" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C11" s="187"/>
       <c r="D11" s="187"/>
       <c r="E11" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="F11" s="180"/>
       <c r="G11" s="156"/>
     </row>
-    <row r="12" spans="1:28">
+    <row r="12" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C12" s="163"/>
       <c r="D12" s="163"/>
       <c r="E12" s="204" t="s">
-        <v>6</v>
+        <v>169</v>
       </c>
       <c r="F12" s="180"/>
       <c r="G12" s="156"/>
     </row>
-    <row r="13" spans="1:28">
+    <row r="13" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C13" s="163"/>
       <c r="D13" s="163"/>
       <c r="E13" s="204"/>
       <c r="F13" s="180"/>
       <c r="G13" s="156"/>
     </row>
-    <row r="14" spans="1:28">
+    <row r="14" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C14" s="167"/>
       <c r="D14" s="167"/>
       <c r="E14" s="204"/>
       <c r="F14" s="180"/>
       <c r="G14" s="156"/>
     </row>
-    <row r="15" spans="1:28">
+    <row r="15" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="76">
         <v>5190</v>
       </c>
       <c r="C15" s="163"/>
       <c r="D15" s="163"/>
       <c r="E15" s="204"/>
       <c r="F15" s="180"/>
       <c r="G15" s="156"/>
     </row>
-    <row r="16" spans="1:28">
+    <row r="16" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C16" s="163"/>
       <c r="D16" s="163"/>
       <c r="E16" s="204"/>
       <c r="F16" s="180"/>
       <c r="G16" s="156"/>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C17" s="163"/>
       <c r="D17" s="163"/>
       <c r="E17" s="204" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="F17" s="180"/>
       <c r="G17" s="156"/>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C18" s="163"/>
       <c r="D18" s="163"/>
       <c r="E18" s="204" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="F18" s="180"/>
       <c r="G18" s="156"/>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C19" s="163"/>
       <c r="D19" s="163"/>
       <c r="E19" s="204" t="s">
-        <v>9</v>
+        <v>159</v>
       </c>
       <c r="F19" s="180"/>
       <c r="G19" s="156"/>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="76" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C20" s="163"/>
       <c r="D20" s="163"/>
       <c r="E20" s="204" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="F20" s="180"/>
       <c r="G20" s="156"/>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="C21" s="163"/>
       <c r="D21" s="163"/>
       <c r="E21" s="204" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F21" s="180"/>
       <c r="G21" s="156"/>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76">
         <v>5380</v>
       </c>
       <c r="C22" s="163"/>
       <c r="D22" s="163"/>
       <c r="E22" s="204" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="F22" s="180"/>
       <c r="G22" s="156"/>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76">
         <v>5450</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="163"/>
       <c r="E23" s="204" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="F23" s="180"/>
       <c r="G23" s="156"/>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C24" s="163"/>
       <c r="D24" s="163"/>
       <c r="E24" s="204" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="F24" s="180"/>
       <c r="G24" s="156"/>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C25" s="163"/>
       <c r="D25" s="163"/>
       <c r="E25" s="204" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="F25" s="180"/>
       <c r="G25" s="156"/>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="73" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C26" s="126">
         <v>0.189</v>
       </c>
       <c r="D26" s="127">
         <v>0.19800000000000001</v>
       </c>
       <c r="E26" s="204" t="s">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="F26" s="180"/>
       <c r="G26" s="156"/>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C27" s="115">
         <v>0.443</v>
       </c>
       <c r="D27" s="115">
         <v>0.498</v>
       </c>
       <c r="E27" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="F27" s="180"/>
       <c r="G27" s="156"/>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="75" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C28" s="161"/>
       <c r="D28" s="161"/>
       <c r="E28" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="F28" s="180"/>
       <c r="G28" s="156"/>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C29" s="161"/>
       <c r="D29" s="161"/>
       <c r="E29" s="149" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="F29" s="180"/>
       <c r="G29" s="156"/>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76">
         <v>5577</v>
       </c>
       <c r="C30" s="161"/>
       <c r="D30" s="161"/>
       <c r="E30" s="149"/>
       <c r="F30" s="180"/>
       <c r="G30" s="156"/>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="C31" s="161"/>
       <c r="D31" s="161"/>
       <c r="E31" s="149"/>
       <c r="F31" s="180"/>
       <c r="G31" s="156"/>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76">
         <v>5677</v>
       </c>
       <c r="C32" s="161"/>
       <c r="D32" s="161"/>
       <c r="E32" s="149"/>
       <c r="F32" s="180"/>
       <c r="G32" s="156"/>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="C33" s="35"/>
       <c r="D33" s="35"/>
       <c r="E33" s="35"/>
       <c r="F33" s="180"/>
       <c r="G33" s="156"/>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C34" s="207"/>
       <c r="E34" s="154" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="F34" s="180"/>
       <c r="G34" s="156"/>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C35" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D35" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="E35" s="193" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="F35" s="180"/>
       <c r="G35" s="156"/>
     </row>
-    <row r="36" spans="1:7">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76" t="s">
-        <v>51</v>
+        <v>155</v>
       </c>
       <c r="C36" s="163"/>
       <c r="D36" s="163"/>
       <c r="E36" s="148"/>
       <c r="F36" s="180"/>
       <c r="G36" s="156"/>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5140</v>
       </c>
       <c r="C37" s="163"/>
       <c r="D37" s="163"/>
       <c r="E37" s="148"/>
       <c r="F37" s="180"/>
       <c r="G37" s="156"/>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="49">
         <v>5440</v>
       </c>
       <c r="C38" s="163"/>
       <c r="D38" s="163"/>
       <c r="E38" s="148"/>
       <c r="F38" s="180"/>
       <c r="G38" s="156"/>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5510</v>
       </c>
       <c r="C39" s="161"/>
       <c r="D39" s="161"/>
       <c r="E39" s="149"/>
       <c r="F39" s="180"/>
       <c r="G39" s="156"/>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5570</v>
       </c>
       <c r="C40" s="161"/>
       <c r="D40" s="161"/>
       <c r="E40" s="149"/>
       <c r="F40" s="180"/>
       <c r="G40" s="156"/>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76">
         <v>5575</v>
       </c>
       <c r="C41" s="163"/>
       <c r="D41" s="163"/>
       <c r="E41" s="148"/>
       <c r="F41" s="180"/>
       <c r="G41" s="156"/>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76">
         <v>5600</v>
       </c>
       <c r="C42" s="163"/>
       <c r="D42" s="163"/>
       <c r="E42" s="204"/>
       <c r="F42" s="180"/>
       <c r="G42" s="156"/>
     </row>
-    <row r="43" spans="1:7">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76">
         <v>5610</v>
       </c>
       <c r="C43" s="163"/>
       <c r="D43" s="163"/>
       <c r="E43" s="205"/>
       <c r="F43" s="180"/>
       <c r="G43" s="156"/>
     </row>
-    <row r="44" spans="1:7">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5670</v>
       </c>
       <c r="C44" s="163"/>
       <c r="D44" s="163"/>
       <c r="E44" s="204" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="F44" s="180"/>
       <c r="G44" s="156"/>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73">
         <v>5675</v>
       </c>
       <c r="C45" s="126">
         <v>0</v>
       </c>
       <c r="D45" s="126">
         <v>0</v>
       </c>
       <c r="E45" s="203" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="F45" s="180"/>
       <c r="G45" s="156"/>
     </row>
-    <row r="46" spans="1:7">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="68"/>
       <c r="C46" s="123"/>
       <c r="D46" s="123"/>
       <c r="E46" s="122"/>
       <c r="F46" s="180"/>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="52"/>
       <c r="C47" s="123"/>
       <c r="D47" s="123"/>
       <c r="E47" s="122"/>
       <c r="F47" s="180"/>
     </row>
-    <row r="48" spans="1:7" ht="12" customHeight="1">
+    <row r="48" spans="1:7" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C48" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="D48" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="E48" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="F48" s="180"/>
     </row>
-    <row r="49" spans="1:6">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="77"/>
       <c r="C49" s="125">
         <v>0.26</v>
       </c>
       <c r="D49" s="125">
         <v>0.26</v>
       </c>
       <c r="E49" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="F49" s="180"/>
     </row>
-    <row r="50" spans="1:6">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A50" s="184"/>
       <c r="B50" s="51"/>
       <c r="C50" s="51"/>
       <c r="D50" s="51"/>
       <c r="E50" s="51"/>
       <c r="F50" s="185"/>
     </row>
-    <row r="52" spans="1:6" ht="16.5" customHeight="1"/>
+    <row r="52" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AA52"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" customWidth="1"/>
     <col min="7" max="8" width="7.5703125" customWidth="1"/>
     <col min="9" max="9" width="1.5703125" customWidth="1"/>
     <col min="10" max="10" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="7.5703125" customWidth="1"/>
     <col min="13" max="13" width="8.5703125" customWidth="1"/>
     <col min="14" max="14" width="7.5703125" customWidth="1"/>
     <col min="15" max="15" width="12.140625" customWidth="1"/>
     <col min="16" max="19" width="7.5703125" customWidth="1"/>
     <col min="20" max="20" width="1.5703125" customWidth="1"/>
     <col min="21" max="21" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="25" width="7.5703125" customWidth="1"/>
     <col min="26" max="26" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:27" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:27" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="210"/>
       <c r="F1" s="130"/>
       <c r="G1" s="130"/>
       <c r="H1" s="130"/>
       <c r="I1" s="130"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
     </row>
-    <row r="2" spans="1:27">
+    <row r="2" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="E2" s="129"/>
     </row>
-    <row r="3" spans="1:27">
+    <row r="3" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="180"/>
     </row>
-    <row r="4" spans="1:27" ht="8.25" customHeight="1">
+    <row r="4" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71"/>
       <c r="C4" s="176"/>
       <c r="D4" s="176"/>
       <c r="E4" s="180"/>
     </row>
-    <row r="5" spans="1:27" ht="25.5">
+    <row r="5" spans="1:27" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="199" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="C5" s="200">
         <v>2023</v>
       </c>
       <c r="D5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="E5" s="180"/>
     </row>
-    <row r="6" spans="1:27">
+    <row r="6" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="186">
         <v>0.314</v>
       </c>
       <c r="D6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="E6" s="180"/>
       <c r="F6" s="156"/>
     </row>
-    <row r="7" spans="1:27">
+    <row r="7" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="186">
         <v>0.26600000000000001</v>
       </c>
       <c r="D7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="E7" s="180"/>
       <c r="F7" s="156"/>
     </row>
-    <row r="8" spans="1:27">
+    <row r="8" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C8" s="161"/>
       <c r="D8" s="148"/>
       <c r="E8" s="180"/>
       <c r="F8" s="156"/>
     </row>
-    <row r="9" spans="1:27">
+    <row r="9" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76">
         <v>5194</v>
       </c>
       <c r="C9" s="161"/>
       <c r="D9" s="171"/>
       <c r="E9" s="180"/>
       <c r="F9" s="156"/>
     </row>
-    <row r="10" spans="1:27">
+    <row r="10" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="73">
         <v>5494</v>
       </c>
       <c r="C10" s="194">
         <v>0.23599999999999999</v>
       </c>
       <c r="D10" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="E10" s="180"/>
       <c r="F10" s="156"/>
     </row>
-    <row r="11" spans="1:27">
+    <row r="11" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C11" s="187"/>
       <c r="D11" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="E11" s="180"/>
       <c r="F11" s="156"/>
     </row>
-    <row r="12" spans="1:27">
+    <row r="12" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C12" s="163"/>
       <c r="D12" s="204" t="s">
-        <v>6</v>
+        <v>169</v>
       </c>
       <c r="E12" s="180"/>
       <c r="F12" s="156"/>
     </row>
-    <row r="13" spans="1:27">
+    <row r="13" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C13" s="163"/>
       <c r="D13" s="204"/>
       <c r="E13" s="180"/>
       <c r="F13" s="156"/>
     </row>
-    <row r="14" spans="1:27">
+    <row r="14" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C14" s="167"/>
       <c r="D14" s="204"/>
       <c r="E14" s="180"/>
       <c r="F14" s="156"/>
     </row>
-    <row r="15" spans="1:27">
+    <row r="15" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="76">
         <v>5190</v>
       </c>
       <c r="C15" s="163"/>
       <c r="D15" s="204"/>
       <c r="E15" s="180"/>
       <c r="F15" s="156"/>
     </row>
-    <row r="16" spans="1:27">
+    <row r="16" spans="1:27" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C16" s="163"/>
       <c r="D16" s="204"/>
       <c r="E16" s="180"/>
       <c r="F16" s="156"/>
     </row>
-    <row r="17" spans="1:6">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C17" s="163"/>
       <c r="D17" s="204" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="E17" s="180"/>
       <c r="F17" s="156"/>
     </row>
-    <row r="18" spans="1:6">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C18" s="163"/>
       <c r="D18" s="204" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="E18" s="180"/>
       <c r="F18" s="156"/>
     </row>
-    <row r="19" spans="1:6">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C19" s="163"/>
       <c r="D19" s="204" t="s">
-        <v>9</v>
+        <v>159</v>
       </c>
       <c r="E19" s="180"/>
       <c r="F19" s="156"/>
     </row>
-    <row r="20" spans="1:6">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="76" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C20" s="163"/>
       <c r="D20" s="204" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="E20" s="180"/>
       <c r="F20" s="156"/>
     </row>
-    <row r="21" spans="1:6">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="C21" s="163"/>
       <c r="D21" s="204" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="E21" s="180"/>
       <c r="F21" s="156"/>
     </row>
-    <row r="22" spans="1:6">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76">
         <v>5380</v>
       </c>
       <c r="C22" s="163"/>
       <c r="D22" s="204" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E22" s="180"/>
       <c r="F22" s="156"/>
     </row>
-    <row r="23" spans="1:6">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76">
         <v>5450</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="204" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="E23" s="180"/>
       <c r="F23" s="156"/>
     </row>
-    <row r="24" spans="1:6">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C24" s="163"/>
       <c r="D24" s="204" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="E24" s="180"/>
       <c r="F24" s="156"/>
     </row>
-    <row r="25" spans="1:6">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C25" s="163"/>
       <c r="D25" s="204" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="E25" s="180"/>
       <c r="F25" s="156"/>
     </row>
-    <row r="26" spans="1:6">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="73" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C26" s="126">
         <v>0.189</v>
       </c>
       <c r="D26" s="204" t="s">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="E26" s="180"/>
       <c r="F26" s="156"/>
     </row>
-    <row r="27" spans="1:6">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C27" s="115">
         <v>0.443</v>
       </c>
       <c r="D27" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E27" s="180"/>
       <c r="F27" s="156"/>
     </row>
-    <row r="28" spans="1:6">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="75" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C28" s="161"/>
       <c r="D28" s="206" t="s">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="E28" s="180"/>
       <c r="F28" s="156"/>
     </row>
-    <row r="29" spans="1:6">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C29" s="161"/>
       <c r="D29" s="149" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="E29" s="180"/>
       <c r="F29" s="156"/>
     </row>
-    <row r="30" spans="1:6">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76">
         <v>5577</v>
       </c>
       <c r="C30" s="161"/>
       <c r="D30" s="149"/>
       <c r="E30" s="180"/>
       <c r="F30" s="156"/>
     </row>
-    <row r="31" spans="1:6">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="C31" s="161"/>
       <c r="D31" s="149"/>
       <c r="E31" s="180"/>
       <c r="F31" s="156"/>
     </row>
-    <row r="32" spans="1:6">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76">
         <v>5677</v>
       </c>
       <c r="C32" s="161"/>
       <c r="D32" s="149"/>
       <c r="E32" s="180"/>
       <c r="F32" s="156"/>
     </row>
-    <row r="33" spans="1:6">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="C33" s="35"/>
       <c r="D33" s="35"/>
       <c r="E33" s="180"/>
       <c r="F33" s="156"/>
     </row>
-    <row r="34" spans="1:6">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C34" s="207"/>
       <c r="D34" s="154" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="E34" s="180"/>
       <c r="F34" s="156"/>
     </row>
-    <row r="35" spans="1:6">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C35" s="115">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D35" s="193" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="E35" s="180"/>
       <c r="F35" s="156"/>
     </row>
-    <row r="36" spans="1:6">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76" t="s">
-        <v>51</v>
+        <v>155</v>
       </c>
       <c r="C36" s="163"/>
       <c r="D36" s="148"/>
       <c r="E36" s="180"/>
       <c r="F36" s="156"/>
     </row>
-    <row r="37" spans="1:6">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5140</v>
       </c>
       <c r="C37" s="163"/>
       <c r="D37" s="148"/>
       <c r="E37" s="180"/>
       <c r="F37" s="156"/>
     </row>
-    <row r="38" spans="1:6">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="49">
         <v>5440</v>
       </c>
       <c r="C38" s="163"/>
       <c r="D38" s="148"/>
       <c r="E38" s="180"/>
       <c r="F38" s="156"/>
     </row>
-    <row r="39" spans="1:6">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5510</v>
       </c>
       <c r="C39" s="161"/>
       <c r="D39" s="149"/>
       <c r="E39" s="180"/>
       <c r="F39" s="156"/>
     </row>
-    <row r="40" spans="1:6">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5570</v>
       </c>
       <c r="C40" s="161"/>
       <c r="D40" s="149"/>
       <c r="E40" s="180"/>
       <c r="F40" s="156"/>
     </row>
-    <row r="41" spans="1:6">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76">
         <v>5575</v>
       </c>
       <c r="C41" s="163"/>
       <c r="D41" s="148"/>
       <c r="E41" s="180"/>
       <c r="F41" s="156"/>
     </row>
-    <row r="42" spans="1:6">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76">
         <v>5600</v>
       </c>
       <c r="C42" s="163"/>
       <c r="D42" s="204"/>
       <c r="E42" s="180"/>
       <c r="F42" s="156"/>
     </row>
-    <row r="43" spans="1:6">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76">
         <v>5610</v>
       </c>
       <c r="C43" s="163"/>
       <c r="D43" s="205"/>
       <c r="E43" s="180"/>
       <c r="F43" s="156"/>
     </row>
-    <row r="44" spans="1:6">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5670</v>
       </c>
       <c r="C44" s="163"/>
       <c r="D44" s="204" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="E44" s="180"/>
       <c r="F44" s="156"/>
     </row>
-    <row r="45" spans="1:6">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73">
         <v>5675</v>
       </c>
       <c r="C45" s="126">
         <v>0</v>
       </c>
       <c r="D45" s="203" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="E45" s="180"/>
       <c r="F45" s="156"/>
     </row>
-    <row r="46" spans="1:6">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="68"/>
       <c r="C46" s="123"/>
       <c r="D46" s="122"/>
       <c r="E46" s="180"/>
     </row>
-    <row r="47" spans="1:6">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="52"/>
       <c r="C47" s="123"/>
       <c r="D47" s="122"/>
       <c r="E47" s="180"/>
     </row>
-    <row r="48" spans="1:6" ht="12" customHeight="1">
+    <row r="48" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C48" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="D48" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="E48" s="180"/>
     </row>
-    <row r="49" spans="1:5">
+    <row r="49" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="77"/>
       <c r="C49" s="125">
         <v>0.26</v>
       </c>
       <c r="D49" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="E49" s="180"/>
     </row>
-    <row r="50" spans="1:5">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A50" s="184"/>
       <c r="B50" s="51"/>
       <c r="C50" s="51"/>
       <c r="D50" s="51"/>
       <c r="E50" s="185"/>
     </row>
-    <row r="52" spans="1:5" ht="16.5" customHeight="1"/>
+    <row r="52" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE60"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="8.140625" customWidth="1"/>
     <col min="7" max="7" width="10" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" customWidth="1"/>
     <col min="11" max="12" width="7.5703125" customWidth="1"/>
     <col min="13" max="13" width="1.5703125" customWidth="1"/>
     <col min="14" max="14" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="7.5703125" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" customWidth="1"/>
     <col min="18" max="18" width="7.5703125" customWidth="1"/>
     <col min="19" max="19" width="12.140625" customWidth="1"/>
     <col min="20" max="23" width="7.5703125" customWidth="1"/>
     <col min="24" max="24" width="1.5703125" customWidth="1"/>
     <col min="25" max="25" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="26" max="29" width="7.5703125" customWidth="1"/>
     <col min="30" max="30" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:31" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="210"/>
       <c r="J1" s="130"/>
       <c r="K1" s="130"/>
       <c r="L1" s="130"/>
       <c r="M1" s="130"/>
       <c r="N1" s="130"/>
       <c r="O1" s="130"/>
       <c r="P1" s="130"/>
       <c r="Q1" s="130"/>
       <c r="R1" s="130"/>
       <c r="S1" s="130"/>
       <c r="T1" s="130"/>
       <c r="U1" s="130"/>
       <c r="V1" s="130"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
     </row>
-    <row r="2" spans="1:31">
+    <row r="2" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="I2" s="129"/>
     </row>
-    <row r="3" spans="1:31">
+    <row r="3" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="52"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="180"/>
     </row>
-    <row r="4" spans="1:31" ht="8.25" customHeight="1">
+    <row r="4" spans="1:31" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71"/>
       <c r="C4" s="176"/>
       <c r="D4" s="176"/>
       <c r="E4" s="176"/>
       <c r="F4" s="176"/>
       <c r="G4" s="2"/>
       <c r="H4" s="176"/>
       <c r="I4" s="180"/>
     </row>
-    <row r="5" spans="1:31" ht="25.5">
+    <row r="5" spans="1:31" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="199" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="C5" s="177">
         <v>2018</v>
       </c>
       <c r="D5" s="177">
         <v>2019</v>
       </c>
       <c r="E5" s="197">
         <v>2020</v>
       </c>
       <c r="F5" s="197">
         <v>2021</v>
       </c>
       <c r="G5" s="197">
         <v>2022</v>
       </c>
       <c r="H5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="I5" s="180"/>
     </row>
-    <row r="6" spans="1:31">
+    <row r="6" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="186">
         <v>0.53200000000000003</v>
       </c>
       <c r="D6" s="186">
         <v>0.45800000000000002</v>
       </c>
       <c r="E6" s="186">
         <v>0.59199999999999997</v>
       </c>
       <c r="F6" s="186">
         <v>0.55600000000000005</v>
       </c>
       <c r="G6" s="186">
         <v>0.44400000000000001</v>
       </c>
       <c r="H6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="I6" s="180"/>
       <c r="J6" s="156"/>
     </row>
-    <row r="7" spans="1:31">
+    <row r="7" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="186">
         <v>0.49199999999999999</v>
       </c>
       <c r="D7" s="186">
         <v>0.42699999999999999</v>
       </c>
       <c r="E7" s="186">
         <v>0.52700000000000002</v>
       </c>
       <c r="F7" s="186">
         <v>0.496</v>
       </c>
       <c r="G7" s="186">
         <v>0.38700000000000001</v>
       </c>
       <c r="H7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="I7" s="180"/>
       <c r="J7" s="156"/>
     </row>
-    <row r="8" spans="1:31">
+    <row r="8" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="118">
         <v>0.27200000000000002</v>
       </c>
       <c r="D8" s="118">
         <v>0.19700000000000001</v>
       </c>
       <c r="E8" s="118">
         <v>0.26</v>
       </c>
       <c r="F8" s="118">
         <v>0.253</v>
       </c>
       <c r="G8" s="118">
         <v>0.1</v>
       </c>
       <c r="H8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="I8" s="183"/>
       <c r="J8" s="156"/>
     </row>
-    <row r="9" spans="1:31">
+    <row r="9" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="161"/>
       <c r="D9" s="161"/>
       <c r="E9" s="161"/>
       <c r="F9" s="161"/>
       <c r="G9" s="161"/>
       <c r="H9" s="148"/>
       <c r="I9" s="180"/>
       <c r="J9" s="156"/>
     </row>
-    <row r="10" spans="1:31">
+    <row r="10" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="161"/>
       <c r="D10" s="161"/>
       <c r="E10" s="161"/>
       <c r="F10" s="161"/>
       <c r="G10" s="161"/>
       <c r="H10" s="171"/>
       <c r="I10" s="180"/>
       <c r="J10" s="156"/>
     </row>
-    <row r="11" spans="1:31">
+    <row r="11" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="161"/>
       <c r="D11" s="161"/>
       <c r="E11" s="161"/>
       <c r="F11" s="161"/>
       <c r="G11" s="161"/>
       <c r="H11" s="171"/>
       <c r="I11" s="180"/>
       <c r="J11" s="156"/>
     </row>
-    <row r="12" spans="1:31">
+    <row r="12" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="194">
         <v>0.23300000000000001</v>
       </c>
       <c r="D12" s="194">
         <v>0.252</v>
       </c>
       <c r="E12" s="194">
         <v>0.25600000000000001</v>
       </c>
       <c r="F12" s="194">
         <v>0.251</v>
       </c>
       <c r="G12" s="194">
         <v>0.24299999999999999</v>
       </c>
       <c r="H12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="I12" s="180"/>
       <c r="J12" s="156"/>
     </row>
-    <row r="13" spans="1:31">
+    <row r="13" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="163"/>
       <c r="D13" s="163"/>
       <c r="E13" s="163"/>
       <c r="F13" s="163"/>
       <c r="G13" s="163"/>
       <c r="H13" s="148"/>
       <c r="I13" s="180"/>
       <c r="J13" s="156"/>
     </row>
-    <row r="14" spans="1:31">
+    <row r="14" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="163"/>
       <c r="D14" s="163"/>
       <c r="E14" s="163"/>
       <c r="F14" s="163"/>
       <c r="G14" s="163"/>
       <c r="H14" s="148"/>
       <c r="I14" s="180"/>
       <c r="J14" s="156"/>
     </row>
-    <row r="15" spans="1:31">
+    <row r="15" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="126">
         <v>0.318</v>
       </c>
       <c r="D15" s="126">
         <v>0.25</v>
       </c>
       <c r="E15" s="126">
         <v>0.314</v>
       </c>
       <c r="F15" s="126">
         <v>0.30399999999999999</v>
       </c>
       <c r="G15" s="126">
         <v>0.153</v>
       </c>
       <c r="H15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="I15" s="180"/>
       <c r="J15" s="156"/>
     </row>
-    <row r="16" spans="1:31">
+    <row r="16" spans="1:31" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="73">
         <v>5380</v>
       </c>
       <c r="C16" s="201" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="D16" s="201"/>
       <c r="E16" s="201"/>
       <c r="F16" s="201"/>
       <c r="G16" s="186">
         <v>0.11799999999999999</v>
       </c>
       <c r="H16" s="202" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="I16" s="180"/>
       <c r="J16" s="156"/>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="75">
         <v>5350</v>
       </c>
       <c r="C17" s="161"/>
       <c r="D17" s="161"/>
       <c r="E17" s="161"/>
       <c r="F17" s="161"/>
       <c r="G17" s="161"/>
       <c r="H17" s="149"/>
       <c r="I17" s="180"/>
       <c r="J17" s="156"/>
     </row>
-    <row r="18" spans="1:10">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C18" s="35"/>
       <c r="D18" s="35"/>
       <c r="E18" s="35"/>
       <c r="F18" s="35"/>
       <c r="G18" s="35"/>
       <c r="H18" s="35"/>
       <c r="I18" s="180"/>
       <c r="J18" s="156"/>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C19" s="35"/>
       <c r="D19" s="35"/>
       <c r="E19" s="35"/>
       <c r="F19" s="35"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="I19" s="180"/>
       <c r="J19" s="156"/>
     </row>
-    <row r="20" spans="1:10">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C20" s="115">
         <v>0.36599999999999999</v>
       </c>
       <c r="D20" s="115">
         <v>0.25800000000000001</v>
       </c>
       <c r="E20" s="115">
         <v>0.32200000000000001</v>
       </c>
       <c r="F20" s="115">
         <v>0.311</v>
       </c>
       <c r="G20" s="115">
         <v>0.247</v>
       </c>
       <c r="H20" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="I20" s="180"/>
       <c r="J20" s="156"/>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C21" s="115">
         <v>0.73499999999999999</v>
       </c>
       <c r="D21" s="115">
         <v>0.73099999999999998</v>
       </c>
       <c r="E21" s="115">
         <v>0.80200000000000005</v>
       </c>
       <c r="F21" s="115">
         <v>0.746</v>
       </c>
       <c r="G21" s="115">
         <v>0.622</v>
       </c>
       <c r="H21" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="I21" s="180"/>
       <c r="J21" s="156"/>
     </row>
-    <row r="22" spans="1:10">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C22" s="187"/>
       <c r="D22" s="187"/>
       <c r="E22" s="187"/>
       <c r="F22" s="187"/>
       <c r="G22" s="187"/>
       <c r="H22" s="174"/>
       <c r="I22" s="180"/>
       <c r="J22" s="156"/>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C23" s="163"/>
       <c r="D23" s="163"/>
       <c r="E23" s="163"/>
       <c r="F23" s="163"/>
       <c r="G23" s="163"/>
       <c r="H23" s="148"/>
       <c r="I23" s="180"/>
       <c r="J23" s="156"/>
     </row>
-    <row r="24" spans="1:10">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C24" s="163"/>
       <c r="D24" s="163"/>
       <c r="E24" s="163"/>
       <c r="F24" s="163"/>
       <c r="G24" s="163"/>
       <c r="H24" s="148"/>
       <c r="I24" s="180"/>
       <c r="J24" s="156"/>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C25" s="163"/>
       <c r="D25" s="163"/>
       <c r="E25" s="163"/>
       <c r="F25" s="163"/>
       <c r="G25" s="163"/>
       <c r="H25" s="148"/>
       <c r="I25" s="180"/>
       <c r="J25" s="156"/>
     </row>
-    <row r="26" spans="1:10">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C26" s="167"/>
       <c r="D26" s="167"/>
       <c r="E26" s="167"/>
       <c r="F26" s="167"/>
       <c r="G26" s="167"/>
       <c r="H26" s="148"/>
       <c r="I26" s="180"/>
       <c r="J26" s="156"/>
     </row>
-    <row r="27" spans="1:10">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C27" s="167"/>
       <c r="D27" s="167"/>
       <c r="E27" s="167"/>
       <c r="F27" s="167"/>
       <c r="G27" s="167"/>
       <c r="H27" s="148"/>
       <c r="I27" s="180"/>
       <c r="J27" s="156"/>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76">
         <v>5190</v>
       </c>
       <c r="C28" s="163"/>
       <c r="D28" s="163"/>
       <c r="E28" s="163"/>
       <c r="F28" s="163"/>
       <c r="G28" s="163"/>
       <c r="H28" s="148"/>
       <c r="I28" s="180"/>
       <c r="J28" s="156"/>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C29" s="163"/>
       <c r="D29" s="163"/>
       <c r="E29" s="163"/>
       <c r="F29" s="163"/>
       <c r="G29" s="163"/>
       <c r="H29" s="148"/>
       <c r="I29" s="180"/>
       <c r="J29" s="156"/>
     </row>
-    <row r="30" spans="1:10">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C30" s="163"/>
       <c r="D30" s="163"/>
       <c r="E30" s="163"/>
       <c r="F30" s="163"/>
       <c r="G30" s="163"/>
       <c r="H30" s="148"/>
       <c r="I30" s="180"/>
       <c r="J30" s="156"/>
     </row>
-    <row r="31" spans="1:10">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C31" s="163"/>
       <c r="D31" s="163"/>
       <c r="E31" s="163"/>
       <c r="F31" s="163"/>
       <c r="G31" s="163"/>
       <c r="H31" s="148"/>
       <c r="I31" s="180"/>
       <c r="J31" s="156"/>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76">
         <v>5450</v>
       </c>
       <c r="C32" s="163"/>
       <c r="D32" s="163"/>
       <c r="E32" s="163"/>
       <c r="F32" s="163"/>
       <c r="G32" s="163"/>
       <c r="H32" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="I32" s="180"/>
       <c r="J32" s="156"/>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C33" s="163"/>
       <c r="D33" s="163"/>
       <c r="E33" s="163"/>
       <c r="F33" s="163"/>
       <c r="G33" s="163"/>
       <c r="H33" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="I33" s="180"/>
       <c r="J33" s="156"/>
     </row>
-    <row r="34" spans="1:10">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C34" s="163"/>
       <c r="D34" s="163"/>
       <c r="E34" s="163"/>
       <c r="F34" s="163"/>
       <c r="G34" s="163"/>
       <c r="H34" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="I34" s="180"/>
       <c r="J34" s="156"/>
     </row>
-    <row r="35" spans="1:10">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5512</v>
       </c>
       <c r="C35" s="163"/>
       <c r="D35" s="163"/>
       <c r="E35" s="163"/>
       <c r="F35" s="163"/>
       <c r="G35" s="163"/>
       <c r="H35" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="I35" s="180"/>
       <c r="J35" s="156"/>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5572</v>
       </c>
       <c r="C36" s="163"/>
       <c r="D36" s="163"/>
       <c r="E36" s="163"/>
       <c r="F36" s="163"/>
       <c r="G36" s="163"/>
       <c r="H36" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="I36" s="180"/>
       <c r="J36" s="156"/>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5577</v>
       </c>
       <c r="C37" s="163"/>
       <c r="D37" s="163"/>
       <c r="E37" s="163"/>
       <c r="F37" s="163"/>
       <c r="G37" s="163"/>
       <c r="H37" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="I37" s="180"/>
       <c r="J37" s="156"/>
     </row>
-    <row r="38" spans="1:10">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5602</v>
       </c>
       <c r="C38" s="163"/>
       <c r="D38" s="163"/>
       <c r="E38" s="163"/>
       <c r="F38" s="163"/>
       <c r="G38" s="163"/>
       <c r="H38" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="I38" s="180"/>
       <c r="J38" s="156"/>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5612</v>
       </c>
       <c r="C39" s="163"/>
       <c r="D39" s="163"/>
       <c r="E39" s="163"/>
       <c r="F39" s="163"/>
       <c r="G39" s="163"/>
       <c r="H39" s="148"/>
       <c r="I39" s="180"/>
       <c r="J39" s="156"/>
     </row>
-    <row r="40" spans="1:10">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5672</v>
       </c>
       <c r="C40" s="163"/>
       <c r="D40" s="163"/>
       <c r="E40" s="163"/>
       <c r="F40" s="163"/>
       <c r="G40" s="163"/>
       <c r="H40" s="148"/>
       <c r="I40" s="180"/>
       <c r="J40" s="156"/>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76">
         <v>5677</v>
       </c>
       <c r="C41" s="163"/>
       <c r="D41" s="163"/>
       <c r="E41" s="163"/>
       <c r="F41" s="163"/>
       <c r="G41" s="163"/>
       <c r="H41" s="148"/>
       <c r="I41" s="180"/>
       <c r="J41" s="156"/>
     </row>
-    <row r="42" spans="1:10">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C42" s="163"/>
       <c r="D42" s="163"/>
       <c r="E42" s="163"/>
       <c r="F42" s="163"/>
       <c r="G42" s="163"/>
       <c r="H42" s="148"/>
       <c r="I42" s="180"/>
       <c r="J42" s="156"/>
     </row>
-    <row r="43" spans="1:10">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C43" s="163"/>
       <c r="D43" s="163"/>
       <c r="E43" s="163"/>
       <c r="F43" s="163"/>
       <c r="G43" s="163"/>
       <c r="H43" s="148"/>
       <c r="I43" s="180"/>
       <c r="J43" s="156"/>
     </row>
-    <row r="44" spans="1:10">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C44" s="163"/>
       <c r="D44" s="163"/>
       <c r="E44" s="163"/>
       <c r="F44" s="163"/>
       <c r="G44" s="163"/>
       <c r="H44" s="148"/>
       <c r="I44" s="180"/>
       <c r="J44" s="156"/>
     </row>
-    <row r="45" spans="1:10">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="76">
         <v>5760</v>
       </c>
       <c r="C45" s="167"/>
       <c r="D45" s="167"/>
       <c r="E45" s="167"/>
       <c r="F45" s="167"/>
       <c r="G45" s="167"/>
       <c r="H45" s="35"/>
       <c r="I45" s="180"/>
       <c r="J45" s="156"/>
     </row>
-    <row r="46" spans="1:10">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="D46" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="E46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F46" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="G46" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="H46" s="173"/>
       <c r="I46" s="180"/>
       <c r="J46" s="156"/>
     </row>
-    <row r="47" spans="1:10">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="75">
         <v>5510</v>
       </c>
       <c r="C47" s="161"/>
       <c r="D47" s="161"/>
       <c r="E47" s="161"/>
       <c r="F47" s="161"/>
       <c r="G47" s="161"/>
       <c r="H47" s="149"/>
       <c r="I47" s="180"/>
       <c r="J47" s="156"/>
     </row>
-    <row r="48" spans="1:10">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5570</v>
       </c>
       <c r="C48" s="161"/>
       <c r="D48" s="161"/>
       <c r="E48" s="161"/>
       <c r="F48" s="161"/>
       <c r="G48" s="161"/>
       <c r="H48" s="149"/>
       <c r="I48" s="180"/>
       <c r="J48" s="156"/>
     </row>
-    <row r="49" spans="1:10">
+    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5575</v>
       </c>
       <c r="C49" s="163"/>
       <c r="D49" s="163"/>
       <c r="E49" s="163"/>
       <c r="F49" s="163"/>
       <c r="G49" s="163"/>
       <c r="H49" s="148"/>
       <c r="I49" s="180"/>
       <c r="J49" s="156"/>
     </row>
-    <row r="50" spans="1:10">
+    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5600</v>
       </c>
       <c r="C50" s="163"/>
       <c r="D50" s="163"/>
       <c r="E50" s="163"/>
       <c r="F50" s="163"/>
       <c r="G50" s="163"/>
       <c r="H50" s="148"/>
       <c r="I50" s="180"/>
       <c r="J50" s="156"/>
     </row>
-    <row r="51" spans="1:10">
+    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5610</v>
       </c>
       <c r="C51" s="163"/>
       <c r="D51" s="163"/>
       <c r="E51" s="163"/>
       <c r="F51" s="163"/>
       <c r="G51" s="163"/>
       <c r="H51" s="148"/>
       <c r="I51" s="180"/>
       <c r="J51" s="156"/>
     </row>
-    <row r="52" spans="1:10">
+    <row r="52" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="76">
         <v>5670</v>
       </c>
       <c r="C52" s="163"/>
       <c r="D52" s="163"/>
       <c r="E52" s="163"/>
       <c r="F52" s="163"/>
       <c r="G52" s="163"/>
       <c r="H52" s="148"/>
       <c r="I52" s="180"/>
       <c r="J52" s="156"/>
     </row>
-    <row r="53" spans="1:10">
+    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="73">
         <v>5675</v>
       </c>
       <c r="C53" s="126">
         <v>0</v>
       </c>
       <c r="D53" s="126">
         <v>0</v>
       </c>
       <c r="E53" s="126">
         <v>0</v>
       </c>
       <c r="F53" s="126">
         <v>0</v>
       </c>
       <c r="G53" s="126">
         <v>0</v>
       </c>
       <c r="H53" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="I53" s="180"/>
       <c r="J53" s="156"/>
     </row>
-    <row r="54" spans="1:10">
+    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="68"/>
       <c r="C54" s="123"/>
       <c r="D54" s="123"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="122"/>
       <c r="I54" s="180"/>
     </row>
-    <row r="55" spans="1:10">
+    <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="52"/>
       <c r="C55" s="123"/>
       <c r="D55" s="123"/>
       <c r="E55" s="123"/>
       <c r="F55" s="123"/>
       <c r="G55" s="123"/>
       <c r="H55" s="122"/>
       <c r="I55" s="180"/>
     </row>
-    <row r="56" spans="1:10" ht="12" customHeight="1">
+    <row r="56" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C56" s="157">
         <v>0.5</v>
       </c>
       <c r="D56" s="157">
         <v>0.5</v>
       </c>
       <c r="E56" s="157">
         <v>0.5</v>
       </c>
       <c r="F56" s="157">
         <v>0.5</v>
       </c>
       <c r="G56" s="157">
         <v>0.51500000000000001</v>
       </c>
       <c r="H56" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="I56" s="180"/>
     </row>
-    <row r="57" spans="1:10">
+    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="182"/>
       <c r="B57" s="77"/>
       <c r="C57" s="125">
         <v>0.26</v>
       </c>
       <c r="D57" s="125">
         <v>0.26</v>
       </c>
       <c r="E57" s="125">
         <v>0.26</v>
       </c>
       <c r="F57" s="125">
         <v>0.26</v>
       </c>
       <c r="G57" s="125">
         <v>0.26</v>
       </c>
       <c r="H57" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="I57" s="180"/>
     </row>
-    <row r="58" spans="1:10">
+    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="184"/>
       <c r="B58" s="51"/>
       <c r="C58" s="51"/>
       <c r="D58" s="51"/>
       <c r="E58" s="51"/>
       <c r="F58" s="51"/>
       <c r="G58" s="51"/>
       <c r="H58" s="51"/>
       <c r="I58" s="185"/>
     </row>
-    <row r="60" spans="1:10" ht="16.5" customHeight="1"/>
+    <row r="60" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="U6" sqref="U6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="16" width="8.140625" hidden="1" customWidth="1"/>
     <col min="17" max="20" width="8.140625" customWidth="1"/>
     <col min="21" max="21" width="9" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="2.42578125" customWidth="1"/>
     <col min="24" max="24" width="8.5703125" customWidth="1"/>
     <col min="25" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
     <col min="28" max="28" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="7.5703125" customWidth="1"/>
     <col min="31" max="31" width="8.5703125" customWidth="1"/>
     <col min="32" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="12.140625" customWidth="1"/>
     <col min="34" max="37" width="7.5703125" customWidth="1"/>
     <col min="38" max="38" width="1.5703125" customWidth="1"/>
     <col min="39" max="39" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="40" max="43" width="7.5703125" customWidth="1"/>
     <col min="44" max="44" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="209"/>
       <c r="U1" s="209"/>
       <c r="V1" s="209"/>
       <c r="W1" s="210"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
       <c r="AQ1" s="130"/>
       <c r="AR1" s="130"/>
       <c r="AS1" s="130"/>
     </row>
-    <row r="2" spans="1:45">
+    <row r="2" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="W2" s="129"/>
     </row>
-    <row r="3" spans="1:45">
+    <row r="3" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="52"/>
       <c r="V3" s="52"/>
       <c r="W3" s="180"/>
     </row>
-    <row r="4" spans="1:45" ht="8.25" customHeight="1">
+    <row r="4" spans="1:45" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71"/>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="176"/>
       <c r="U4" s="176"/>
       <c r="V4" s="176"/>
       <c r="W4" s="180"/>
     </row>
-    <row r="5" spans="1:45" ht="25.5">
+    <row r="5" spans="1:45" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="199" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
@@ -26187,58 +26190,58 @@
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="1">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2017</v>
       </c>
       <c r="R5" s="177">
         <v>2018</v>
       </c>
       <c r="S5" s="177">
         <v>2019</v>
       </c>
       <c r="T5" s="197">
         <v>2020</v>
       </c>
       <c r="U5" s="197">
         <v>2021</v>
       </c>
       <c r="V5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="W5" s="180"/>
     </row>
-    <row r="6" spans="1:45">
+    <row r="6" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
@@ -26254,59 +26257,59 @@
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.59599999999999997</v>
       </c>
       <c r="R6" s="186">
         <v>0.53200000000000003</v>
       </c>
       <c r="S6" s="186">
         <v>0.45800000000000002</v>
       </c>
       <c r="T6" s="186">
         <v>0.59199999999999997</v>
       </c>
       <c r="U6" s="186">
         <v>0.55600000000000005</v>
       </c>
       <c r="V6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="W6" s="180"/>
       <c r="X6" s="156"/>
     </row>
-    <row r="7" spans="1:45">
+    <row r="7" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
@@ -26322,59 +26325,59 @@
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.55800000000000005</v>
       </c>
       <c r="R7" s="186">
         <v>0.49199999999999999</v>
       </c>
       <c r="S7" s="186">
         <v>0.42699999999999999</v>
       </c>
       <c r="T7" s="186">
         <v>0.52700000000000002</v>
       </c>
       <c r="U7" s="186">
         <v>0.496</v>
       </c>
       <c r="V7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="W7" s="180"/>
       <c r="X7" s="156"/>
     </row>
-    <row r="8" spans="1:45">
+    <row r="8" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
@@ -26390,140 +26393,140 @@
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.33500000000000002</v>
       </c>
       <c r="R8" s="118">
         <v>0.27200000000000002</v>
       </c>
       <c r="S8" s="118">
         <v>0.19700000000000001</v>
       </c>
       <c r="T8" s="118">
         <v>0.26</v>
       </c>
       <c r="U8" s="118">
         <v>0.253</v>
       </c>
       <c r="V8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="W8" s="183"/>
       <c r="X8" s="156"/>
     </row>
-    <row r="9" spans="1:45">
+    <row r="9" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="161"/>
       <c r="T9" s="161"/>
       <c r="U9" s="161"/>
       <c r="V9" s="148"/>
       <c r="W9" s="180"/>
       <c r="X9" s="156"/>
     </row>
-    <row r="10" spans="1:45">
+    <row r="10" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="161"/>
       <c r="T10" s="161"/>
       <c r="U10" s="161"/>
       <c r="V10" s="171"/>
       <c r="W10" s="180"/>
       <c r="X10" s="156"/>
     </row>
-    <row r="11" spans="1:45">
+    <row r="11" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="161"/>
       <c r="I11" s="97"/>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="161"/>
       <c r="M11" s="161"/>
       <c r="N11" s="161"/>
       <c r="O11" s="161"/>
       <c r="P11" s="161"/>
       <c r="Q11" s="161"/>
       <c r="R11" s="161"/>
       <c r="S11" s="161"/>
       <c r="T11" s="161"/>
       <c r="U11" s="161"/>
       <c r="V11" s="171"/>
       <c r="W11" s="180"/>
       <c r="X11" s="156"/>
     </row>
-    <row r="12" spans="1:45">
+    <row r="12" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.115</v>
       </c>
       <c r="F12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H12" s="162">
         <v>0.19</v>
       </c>
       <c r="I12" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -26542,115 +26545,115 @@
       <c r="N12" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q12" s="194">
         <v>0.215</v>
       </c>
       <c r="R12" s="194">
         <v>0.23300000000000001</v>
       </c>
       <c r="S12" s="194">
         <v>0.252</v>
       </c>
       <c r="T12" s="194">
         <v>0.25600000000000001</v>
       </c>
       <c r="U12" s="194">
         <v>0.251</v>
       </c>
       <c r="V12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="W12" s="180"/>
       <c r="X12" s="156"/>
     </row>
-    <row r="13" spans="1:45">
+    <row r="13" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="163"/>
       <c r="T13" s="163"/>
       <c r="U13" s="163"/>
       <c r="V13" s="148"/>
       <c r="W13" s="180"/>
       <c r="X13" s="156"/>
     </row>
-    <row r="14" spans="1:45">
+    <row r="14" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="163"/>
       <c r="I14" s="175"/>
       <c r="J14" s="163"/>
       <c r="K14" s="163"/>
       <c r="L14" s="163"/>
       <c r="M14" s="163"/>
       <c r="N14" s="163"/>
       <c r="O14" s="163"/>
       <c r="P14" s="163"/>
       <c r="Q14" s="163"/>
       <c r="R14" s="163"/>
       <c r="S14" s="163"/>
       <c r="T14" s="163"/>
       <c r="U14" s="163"/>
       <c r="V14" s="148"/>
       <c r="W14" s="180"/>
       <c r="X14" s="156"/>
     </row>
-    <row r="15" spans="1:45">
+    <row r="15" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F15" s="113">
         <v>0.223</v>
       </c>
       <c r="G15" s="113">
         <v>0.186</v>
       </c>
       <c r="H15" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I15" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J15" s="126">
         <v>0.161</v>
       </c>
@@ -26666,141 +26669,141 @@
       <c r="N15" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O15" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P15" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q15" s="126">
         <v>0.35199999999999998</v>
       </c>
       <c r="R15" s="126">
         <v>0.318</v>
       </c>
       <c r="S15" s="126">
         <v>0.25</v>
       </c>
       <c r="T15" s="126">
         <v>0.314</v>
       </c>
       <c r="U15" s="126">
         <v>0.30399999999999999</v>
       </c>
       <c r="V15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="W15" s="180"/>
       <c r="X15" s="156"/>
     </row>
-    <row r="16" spans="1:45">
+    <row r="16" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="161"/>
       <c r="T16" s="161"/>
       <c r="U16" s="161"/>
       <c r="V16" s="149"/>
       <c r="W16" s="180"/>
       <c r="X16" s="156"/>
     </row>
-    <row r="17" spans="1:24">
+    <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="35"/>
       <c r="T17" s="35"/>
       <c r="U17" s="35"/>
       <c r="V17" s="35"/>
       <c r="W17" s="180"/>
       <c r="X17" s="156"/>
     </row>
-    <row r="18" spans="1:24">
+    <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35"/>
       <c r="T18" s="35"/>
       <c r="U18" s="35"/>
       <c r="V18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="W18" s="180"/>
       <c r="X18" s="156"/>
     </row>
-    <row r="19" spans="1:24">
+    <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
@@ -26816,59 +26819,59 @@
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.40500000000000003</v>
       </c>
       <c r="R19" s="115">
         <v>0.36599999999999999</v>
       </c>
       <c r="S19" s="115">
         <v>0.25800000000000001</v>
       </c>
       <c r="T19" s="115">
         <v>0.32200000000000001</v>
       </c>
       <c r="U19" s="115">
         <v>0.311</v>
       </c>
       <c r="V19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="W19" s="180"/>
       <c r="X19" s="156"/>
     </row>
-    <row r="20" spans="1:24">
+    <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
@@ -26884,745 +26887,745 @@
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.79400000000000004</v>
       </c>
       <c r="R20" s="115">
         <v>0.73499999999999999</v>
       </c>
       <c r="S20" s="115">
         <v>0.73099999999999998</v>
       </c>
       <c r="T20" s="115">
         <v>0.80200000000000005</v>
       </c>
       <c r="U20" s="115">
         <v>0.746</v>
       </c>
       <c r="V20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="W20" s="180"/>
       <c r="X20" s="156"/>
     </row>
-    <row r="21" spans="1:24">
+    <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="187"/>
       <c r="S21" s="187"/>
       <c r="T21" s="187"/>
       <c r="U21" s="187"/>
       <c r="V21" s="174"/>
       <c r="W21" s="180"/>
       <c r="X21" s="156"/>
     </row>
-    <row r="22" spans="1:24">
+    <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="163"/>
       <c r="S22" s="163"/>
       <c r="T22" s="163"/>
       <c r="U22" s="163"/>
       <c r="V22" s="148"/>
       <c r="W22" s="180"/>
       <c r="X22" s="156"/>
     </row>
-    <row r="23" spans="1:24">
+    <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="163"/>
       <c r="T23" s="163"/>
       <c r="U23" s="163"/>
       <c r="V23" s="148"/>
       <c r="W23" s="180"/>
       <c r="X23" s="156"/>
     </row>
-    <row r="24" spans="1:24">
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="163"/>
       <c r="T24" s="163"/>
       <c r="U24" s="163"/>
       <c r="V24" s="148"/>
       <c r="W24" s="180"/>
       <c r="X24" s="156"/>
     </row>
-    <row r="25" spans="1:24">
+    <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="167"/>
       <c r="S25" s="167"/>
       <c r="T25" s="167"/>
       <c r="U25" s="167"/>
       <c r="V25" s="148"/>
       <c r="W25" s="180"/>
       <c r="X25" s="156"/>
     </row>
-    <row r="26" spans="1:24">
+    <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="167"/>
       <c r="T26" s="167"/>
       <c r="U26" s="167"/>
       <c r="V26" s="148"/>
       <c r="W26" s="180"/>
       <c r="X26" s="156"/>
     </row>
-    <row r="27" spans="1:24">
+    <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="163"/>
       <c r="S27" s="163"/>
       <c r="T27" s="163"/>
       <c r="U27" s="163"/>
       <c r="V27" s="148"/>
       <c r="W27" s="180"/>
       <c r="X27" s="156"/>
     </row>
-    <row r="28" spans="1:24">
+    <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="163"/>
       <c r="T28" s="163"/>
       <c r="U28" s="163"/>
       <c r="V28" s="148"/>
       <c r="W28" s="180"/>
       <c r="X28" s="156"/>
     </row>
-    <row r="29" spans="1:24">
+    <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="163"/>
       <c r="T29" s="163"/>
       <c r="U29" s="163"/>
       <c r="V29" s="148"/>
       <c r="W29" s="180"/>
       <c r="X29" s="156"/>
     </row>
-    <row r="30" spans="1:24">
+    <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="163"/>
       <c r="T30" s="163"/>
       <c r="U30" s="163"/>
       <c r="V30" s="148"/>
       <c r="W30" s="180"/>
       <c r="X30" s="156"/>
     </row>
-    <row r="31" spans="1:24">
+    <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="163"/>
       <c r="T31" s="163"/>
       <c r="U31" s="163"/>
       <c r="V31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="W31" s="180"/>
       <c r="X31" s="156"/>
     </row>
-    <row r="32" spans="1:24">
+    <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="163"/>
       <c r="T32" s="163"/>
       <c r="U32" s="163"/>
       <c r="V32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="W32" s="180"/>
       <c r="X32" s="156"/>
     </row>
-    <row r="33" spans="1:24">
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="163"/>
       <c r="T33" s="163"/>
       <c r="U33" s="163"/>
       <c r="V33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="W33" s="180"/>
       <c r="X33" s="156"/>
     </row>
-    <row r="34" spans="1:24">
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="163"/>
       <c r="T34" s="163"/>
       <c r="U34" s="163"/>
       <c r="V34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="W34" s="180"/>
       <c r="X34" s="156"/>
     </row>
-    <row r="35" spans="1:24">
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="163"/>
       <c r="T35" s="163"/>
       <c r="U35" s="163"/>
       <c r="V35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="W35" s="180"/>
       <c r="X35" s="156"/>
     </row>
-    <row r="36" spans="1:24">
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="163"/>
       <c r="T36" s="163"/>
       <c r="U36" s="163"/>
       <c r="V36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="W36" s="180"/>
       <c r="X36" s="156"/>
     </row>
-    <row r="37" spans="1:24">
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="163"/>
       <c r="T37" s="163"/>
       <c r="U37" s="163"/>
       <c r="V37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="W37" s="180"/>
       <c r="X37" s="156"/>
     </row>
-    <row r="38" spans="1:24">
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="163"/>
       <c r="T38" s="163"/>
       <c r="U38" s="163"/>
       <c r="V38" s="148"/>
       <c r="W38" s="180"/>
       <c r="X38" s="156"/>
     </row>
-    <row r="39" spans="1:24">
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="163"/>
       <c r="T39" s="163"/>
       <c r="U39" s="163"/>
       <c r="V39" s="148"/>
       <c r="W39" s="180"/>
       <c r="X39" s="156"/>
     </row>
-    <row r="40" spans="1:24">
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="163"/>
       <c r="T40" s="163"/>
       <c r="U40" s="163"/>
       <c r="V40" s="148"/>
       <c r="W40" s="180"/>
       <c r="X40" s="156"/>
     </row>
-    <row r="41" spans="1:24">
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="163"/>
       <c r="T41" s="163"/>
       <c r="U41" s="163"/>
       <c r="V41" s="148"/>
       <c r="W41" s="180"/>
       <c r="X41" s="156"/>
     </row>
-    <row r="42" spans="1:24">
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="163"/>
       <c r="T42" s="163"/>
       <c r="U42" s="163"/>
       <c r="V42" s="148"/>
       <c r="W42" s="180"/>
       <c r="X42" s="156"/>
     </row>
-    <row r="43" spans="1:24">
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="163"/>
       <c r="T43" s="163"/>
       <c r="U43" s="163"/>
       <c r="V43" s="148"/>
       <c r="W43" s="180"/>
       <c r="X43" s="156"/>
     </row>
-    <row r="44" spans="1:24">
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="167"/>
       <c r="T44" s="167"/>
       <c r="U44" s="167"/>
       <c r="V44" s="35"/>
       <c r="W44" s="180"/>
       <c r="X44" s="156"/>
     </row>
-    <row r="45" spans="1:24">
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
@@ -27637,219 +27640,219 @@
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="S45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="T45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="U45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="V45" s="173"/>
       <c r="W45" s="180"/>
       <c r="X45" s="156"/>
     </row>
-    <row r="46" spans="1:24">
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="161"/>
       <c r="S46" s="161"/>
       <c r="T46" s="161"/>
       <c r="U46" s="161"/>
       <c r="V46" s="149"/>
       <c r="W46" s="180"/>
       <c r="X46" s="156"/>
     </row>
-    <row r="47" spans="1:24">
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="161"/>
       <c r="T47" s="161"/>
       <c r="U47" s="161"/>
       <c r="V47" s="149"/>
       <c r="W47" s="180"/>
       <c r="X47" s="156"/>
     </row>
-    <row r="48" spans="1:24">
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="163"/>
       <c r="S48" s="163"/>
       <c r="T48" s="163"/>
       <c r="U48" s="163"/>
       <c r="V48" s="148"/>
       <c r="W48" s="180"/>
       <c r="X48" s="156"/>
     </row>
-    <row r="49" spans="1:24">
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="163"/>
       <c r="T49" s="163"/>
       <c r="U49" s="163"/>
       <c r="V49" s="148"/>
       <c r="W49" s="180"/>
       <c r="X49" s="156"/>
     </row>
-    <row r="50" spans="1:24">
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="163"/>
       <c r="T50" s="163"/>
       <c r="U50" s="163"/>
       <c r="V50" s="148"/>
       <c r="W50" s="180"/>
       <c r="X50" s="156"/>
     </row>
-    <row r="51" spans="1:24">
+    <row r="51" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="163"/>
       <c r="T51" s="163"/>
       <c r="U51" s="163"/>
       <c r="V51" s="148"/>
       <c r="W51" s="180"/>
       <c r="X51" s="156"/>
     </row>
-    <row r="52" spans="1:24">
+    <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
@@ -27868,109 +27871,109 @@
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="126">
         <v>0</v>
       </c>
       <c r="S52" s="126">
         <v>0</v>
       </c>
       <c r="T52" s="126">
         <v>0</v>
       </c>
       <c r="U52" s="126">
         <v>0</v>
       </c>
       <c r="V52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="W52" s="180"/>
       <c r="X52" s="156"/>
     </row>
-    <row r="53" spans="1:24">
+    <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="123"/>
       <c r="S53" s="123"/>
       <c r="T53" s="123"/>
       <c r="U53" s="123"/>
       <c r="V53" s="122"/>
       <c r="W53" s="180"/>
     </row>
-    <row r="54" spans="1:24">
+    <row r="54" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="123"/>
       <c r="T54" s="123"/>
       <c r="U54" s="123"/>
       <c r="V54" s="122"/>
       <c r="W54" s="180"/>
     </row>
-    <row r="55" spans="1:24" ht="12" customHeight="1">
+    <row r="55" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
@@ -27986,55 +27989,55 @@
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="157">
         <v>0.5</v>
       </c>
       <c r="S55" s="157">
         <v>0.5</v>
       </c>
       <c r="T55" s="157">
         <v>0.5</v>
       </c>
       <c r="U55" s="157">
         <v>0.5</v>
       </c>
       <c r="V55" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="W55" s="180"/>
     </row>
-    <row r="56" spans="1:24">
+    <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
@@ -28051,241 +28054,241 @@
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="125">
         <v>0.26</v>
       </c>
       <c r="S56" s="125">
         <v>0.26</v>
       </c>
       <c r="T56" s="125">
         <v>0.26</v>
       </c>
       <c r="U56" s="125">
         <v>0.26</v>
       </c>
       <c r="V56" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="W56" s="180"/>
     </row>
-    <row r="57" spans="1:24">
+    <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="51"/>
       <c r="T57" s="51"/>
       <c r="U57" s="51"/>
       <c r="V57" s="51"/>
       <c r="W57" s="185"/>
     </row>
-    <row r="59" spans="1:24" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:W1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="98" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="T15" sqref="T15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="16" width="8.140625" hidden="1" customWidth="1"/>
     <col min="17" max="20" width="8.140625" customWidth="1"/>
     <col min="21" max="21" width="8.42578125" customWidth="1"/>
     <col min="22" max="22" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="2.42578125" customWidth="1"/>
     <col min="24" max="24" width="8.5703125" customWidth="1"/>
     <col min="25" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
     <col min="28" max="28" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="7.5703125" customWidth="1"/>
     <col min="31" max="31" width="8.5703125" customWidth="1"/>
     <col min="32" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="12.140625" customWidth="1"/>
     <col min="34" max="37" width="7.5703125" customWidth="1"/>
     <col min="38" max="38" width="1.5703125" customWidth="1"/>
     <col min="39" max="39" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="40" max="43" width="7.5703125" customWidth="1"/>
     <col min="44" max="44" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="209"/>
       <c r="U1" s="209"/>
       <c r="V1" s="209"/>
       <c r="W1" s="210"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
       <c r="AQ1" s="130"/>
       <c r="AR1" s="130"/>
       <c r="AS1" s="130"/>
     </row>
-    <row r="2" spans="1:45">
+    <row r="2" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="W2" s="129"/>
     </row>
-    <row r="3" spans="1:45">
+    <row r="3" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="52"/>
       <c r="V3" s="52"/>
       <c r="W3" s="180"/>
     </row>
-    <row r="4" spans="1:45" ht="8.25" customHeight="1">
+    <row r="4" spans="1:45" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71"/>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="176"/>
       <c r="U4" s="176"/>
       <c r="V4" s="176"/>
       <c r="W4" s="180"/>
     </row>
-    <row r="5" spans="1:45" ht="25.5">
+    <row r="5" spans="1:45" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="198" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
@@ -28301,58 +28304,58 @@
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="1">
         <v>2014</v>
       </c>
       <c r="Q5" s="1">
         <v>2016</v>
       </c>
       <c r="R5" s="177">
         <v>2017</v>
       </c>
       <c r="S5" s="177">
         <v>2018</v>
       </c>
       <c r="T5" s="177">
         <v>2019</v>
       </c>
       <c r="U5" s="197">
         <v>2020</v>
       </c>
       <c r="V5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="W5" s="180"/>
     </row>
-    <row r="6" spans="1:45">
+    <row r="6" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
@@ -28368,59 +28371,59 @@
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.39200000000000002</v>
       </c>
       <c r="R6" s="186">
         <v>0.59599999999999997</v>
       </c>
       <c r="S6" s="186">
         <v>0.53200000000000003</v>
       </c>
       <c r="T6" s="186">
         <v>0.45800000000000002</v>
       </c>
       <c r="U6" s="186">
         <v>0.59199999999999997</v>
       </c>
       <c r="V6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="W6" s="180"/>
       <c r="X6" s="156"/>
     </row>
-    <row r="7" spans="1:45">
+    <row r="7" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
@@ -28436,59 +28439,59 @@
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.37</v>
       </c>
       <c r="R7" s="186">
         <v>0.55800000000000005</v>
       </c>
       <c r="S7" s="186">
         <v>0.49199999999999999</v>
       </c>
       <c r="T7" s="186">
         <v>0.42699999999999999</v>
       </c>
       <c r="U7" s="186">
         <v>0.52700000000000002</v>
       </c>
       <c r="V7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="W7" s="180"/>
       <c r="X7" s="156"/>
     </row>
-    <row r="8" spans="1:45">
+    <row r="8" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
@@ -28504,140 +28507,140 @@
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.16300000000000001</v>
       </c>
       <c r="R8" s="118">
         <v>0.33500000000000002</v>
       </c>
       <c r="S8" s="118">
         <v>0.27200000000000002</v>
       </c>
       <c r="T8" s="118">
         <v>0.19700000000000001</v>
       </c>
       <c r="U8" s="118">
         <v>0.26</v>
       </c>
       <c r="V8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="W8" s="183"/>
       <c r="X8" s="156"/>
     </row>
-    <row r="9" spans="1:45">
+    <row r="9" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="161"/>
       <c r="T9" s="161"/>
       <c r="U9" s="161"/>
       <c r="V9" s="148"/>
       <c r="W9" s="180"/>
       <c r="X9" s="156"/>
     </row>
-    <row r="10" spans="1:45">
+    <row r="10" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="161"/>
       <c r="T10" s="161"/>
       <c r="U10" s="161"/>
       <c r="V10" s="171"/>
       <c r="W10" s="180"/>
       <c r="X10" s="156"/>
     </row>
-    <row r="11" spans="1:45">
+    <row r="11" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="161"/>
       <c r="I11" s="97"/>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="161"/>
       <c r="M11" s="161"/>
       <c r="N11" s="161"/>
       <c r="O11" s="161"/>
       <c r="P11" s="161"/>
       <c r="Q11" s="161"/>
       <c r="R11" s="161"/>
       <c r="S11" s="161"/>
       <c r="T11" s="161"/>
       <c r="U11" s="161"/>
       <c r="V11" s="171"/>
       <c r="W11" s="180"/>
       <c r="X11" s="156"/>
     </row>
-    <row r="12" spans="1:45">
+    <row r="12" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.115</v>
       </c>
       <c r="F12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H12" s="162">
         <v>0.19</v>
       </c>
       <c r="I12" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -28656,115 +28659,115 @@
       <c r="N12" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q12" s="194">
         <v>0.21299999999999999</v>
       </c>
       <c r="R12" s="194">
         <v>0.215</v>
       </c>
       <c r="S12" s="194">
         <v>0.23300000000000001</v>
       </c>
       <c r="T12" s="194">
         <v>0.252</v>
       </c>
       <c r="U12" s="194">
         <v>0.25600000000000001</v>
       </c>
       <c r="V12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="W12" s="180"/>
       <c r="X12" s="156"/>
     </row>
-    <row r="13" spans="1:45">
+    <row r="13" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="163"/>
       <c r="T13" s="163"/>
       <c r="U13" s="163"/>
       <c r="V13" s="148"/>
       <c r="W13" s="180"/>
       <c r="X13" s="156"/>
     </row>
-    <row r="14" spans="1:45">
+    <row r="14" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="163"/>
       <c r="I14" s="175"/>
       <c r="J14" s="163"/>
       <c r="K14" s="163"/>
       <c r="L14" s="163"/>
       <c r="M14" s="163"/>
       <c r="N14" s="163"/>
       <c r="O14" s="163"/>
       <c r="P14" s="163"/>
       <c r="Q14" s="163"/>
       <c r="R14" s="163"/>
       <c r="S14" s="163"/>
       <c r="T14" s="163"/>
       <c r="U14" s="163"/>
       <c r="V14" s="148"/>
       <c r="W14" s="180"/>
       <c r="X14" s="156"/>
     </row>
-    <row r="15" spans="1:45">
+    <row r="15" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F15" s="113">
         <v>0.223</v>
       </c>
       <c r="G15" s="113">
         <v>0.186</v>
       </c>
       <c r="H15" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I15" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J15" s="126">
         <v>0.161</v>
       </c>
@@ -28780,141 +28783,141 @@
       <c r="N15" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O15" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P15" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q15" s="126">
         <v>0.253</v>
       </c>
       <c r="R15" s="126">
         <v>0.35199999999999998</v>
       </c>
       <c r="S15" s="126">
         <v>0.318</v>
       </c>
       <c r="T15" s="126">
         <v>0.25</v>
       </c>
       <c r="U15" s="126">
         <v>0.314</v>
       </c>
       <c r="V15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="W15" s="180"/>
       <c r="X15" s="156"/>
     </row>
-    <row r="16" spans="1:45">
+    <row r="16" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="161"/>
       <c r="T16" s="161"/>
       <c r="U16" s="161"/>
       <c r="V16" s="149"/>
       <c r="W16" s="180"/>
       <c r="X16" s="156"/>
     </row>
-    <row r="17" spans="1:24">
+    <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="35"/>
       <c r="T17" s="35"/>
       <c r="U17" s="35"/>
       <c r="V17" s="35"/>
       <c r="W17" s="180"/>
       <c r="X17" s="156"/>
     </row>
-    <row r="18" spans="1:24">
+    <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35"/>
       <c r="T18" s="35"/>
       <c r="U18" s="35"/>
       <c r="V18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="W18" s="180"/>
       <c r="X18" s="156"/>
     </row>
-    <row r="19" spans="1:24">
+    <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
@@ -28930,59 +28933,59 @@
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.16200000000000001</v>
       </c>
       <c r="R19" s="115">
         <v>0.40500000000000003</v>
       </c>
       <c r="S19" s="115">
         <v>0.36599999999999999</v>
       </c>
       <c r="T19" s="115">
         <v>0.25800000000000001</v>
       </c>
       <c r="U19" s="115">
         <v>0.32200000000000001</v>
       </c>
       <c r="V19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="W19" s="180"/>
       <c r="X19" s="156"/>
     </row>
-    <row r="20" spans="1:24">
+    <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
@@ -28998,745 +29001,745 @@
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.56599999999999995</v>
       </c>
       <c r="R20" s="115">
         <v>0.79400000000000004</v>
       </c>
       <c r="S20" s="115">
         <v>0.73499999999999999</v>
       </c>
       <c r="T20" s="115">
         <v>0.73099999999999998</v>
       </c>
       <c r="U20" s="115">
         <v>0.80200000000000005</v>
       </c>
       <c r="V20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="W20" s="180"/>
       <c r="X20" s="156"/>
     </row>
-    <row r="21" spans="1:24">
+    <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="187"/>
       <c r="S21" s="187"/>
       <c r="T21" s="187"/>
       <c r="U21" s="187"/>
       <c r="V21" s="174"/>
       <c r="W21" s="180"/>
       <c r="X21" s="156"/>
     </row>
-    <row r="22" spans="1:24">
+    <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="163"/>
       <c r="S22" s="163"/>
       <c r="T22" s="163"/>
       <c r="U22" s="163"/>
       <c r="V22" s="148"/>
       <c r="W22" s="180"/>
       <c r="X22" s="156"/>
     </row>
-    <row r="23" spans="1:24">
+    <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="163"/>
       <c r="T23" s="163"/>
       <c r="U23" s="163"/>
       <c r="V23" s="148"/>
       <c r="W23" s="180"/>
       <c r="X23" s="156"/>
     </row>
-    <row r="24" spans="1:24">
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="163"/>
       <c r="T24" s="163"/>
       <c r="U24" s="163"/>
       <c r="V24" s="148"/>
       <c r="W24" s="180"/>
       <c r="X24" s="156"/>
     </row>
-    <row r="25" spans="1:24">
+    <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="167"/>
       <c r="S25" s="167"/>
       <c r="T25" s="167"/>
       <c r="U25" s="167"/>
       <c r="V25" s="148"/>
       <c r="W25" s="180"/>
       <c r="X25" s="156"/>
     </row>
-    <row r="26" spans="1:24">
+    <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="167"/>
       <c r="T26" s="167"/>
       <c r="U26" s="167"/>
       <c r="V26" s="148"/>
       <c r="W26" s="180"/>
       <c r="X26" s="156"/>
     </row>
-    <row r="27" spans="1:24">
+    <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="163"/>
       <c r="S27" s="163"/>
       <c r="T27" s="163"/>
       <c r="U27" s="163"/>
       <c r="V27" s="148"/>
       <c r="W27" s="180"/>
       <c r="X27" s="156"/>
     </row>
-    <row r="28" spans="1:24">
+    <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="163"/>
       <c r="T28" s="163"/>
       <c r="U28" s="163"/>
       <c r="V28" s="148"/>
       <c r="W28" s="180"/>
       <c r="X28" s="156"/>
     </row>
-    <row r="29" spans="1:24">
+    <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="163"/>
       <c r="T29" s="163"/>
       <c r="U29" s="163"/>
       <c r="V29" s="148"/>
       <c r="W29" s="180"/>
       <c r="X29" s="156"/>
     </row>
-    <row r="30" spans="1:24">
+    <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="163"/>
       <c r="T30" s="163"/>
       <c r="U30" s="163"/>
       <c r="V30" s="148"/>
       <c r="W30" s="180"/>
       <c r="X30" s="156"/>
     </row>
-    <row r="31" spans="1:24">
+    <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="163"/>
       <c r="T31" s="163"/>
       <c r="U31" s="163"/>
       <c r="V31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="W31" s="180"/>
       <c r="X31" s="156"/>
     </row>
-    <row r="32" spans="1:24">
+    <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="163"/>
       <c r="T32" s="163"/>
       <c r="U32" s="163"/>
       <c r="V32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="W32" s="180"/>
       <c r="X32" s="156"/>
     </row>
-    <row r="33" spans="1:24">
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="163"/>
       <c r="T33" s="163"/>
       <c r="U33" s="163"/>
       <c r="V33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="W33" s="180"/>
       <c r="X33" s="156"/>
     </row>
-    <row r="34" spans="1:24">
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="163"/>
       <c r="T34" s="163"/>
       <c r="U34" s="163"/>
       <c r="V34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="W34" s="180"/>
       <c r="X34" s="156"/>
     </row>
-    <row r="35" spans="1:24">
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="163"/>
       <c r="T35" s="163"/>
       <c r="U35" s="163"/>
       <c r="V35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="W35" s="180"/>
       <c r="X35" s="156"/>
     </row>
-    <row r="36" spans="1:24">
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="163"/>
       <c r="T36" s="163"/>
       <c r="U36" s="163"/>
       <c r="V36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="W36" s="180"/>
       <c r="X36" s="156"/>
     </row>
-    <row r="37" spans="1:24">
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="163"/>
       <c r="T37" s="163"/>
       <c r="U37" s="163"/>
       <c r="V37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="W37" s="180"/>
       <c r="X37" s="156"/>
     </row>
-    <row r="38" spans="1:24">
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="163"/>
       <c r="T38" s="163"/>
       <c r="U38" s="163"/>
       <c r="V38" s="148"/>
       <c r="W38" s="180"/>
       <c r="X38" s="156"/>
     </row>
-    <row r="39" spans="1:24">
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="163"/>
       <c r="T39" s="163"/>
       <c r="U39" s="163"/>
       <c r="V39" s="148"/>
       <c r="W39" s="180"/>
       <c r="X39" s="156"/>
     </row>
-    <row r="40" spans="1:24">
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="163"/>
       <c r="T40" s="163"/>
       <c r="U40" s="163"/>
       <c r="V40" s="148"/>
       <c r="W40" s="180"/>
       <c r="X40" s="156"/>
     </row>
-    <row r="41" spans="1:24">
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="163"/>
       <c r="T41" s="163"/>
       <c r="U41" s="163"/>
       <c r="V41" s="148"/>
       <c r="W41" s="180"/>
       <c r="X41" s="156"/>
     </row>
-    <row r="42" spans="1:24">
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="163"/>
       <c r="T42" s="163"/>
       <c r="U42" s="163"/>
       <c r="V42" s="148"/>
       <c r="W42" s="180"/>
       <c r="X42" s="156"/>
     </row>
-    <row r="43" spans="1:24">
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="163"/>
       <c r="T43" s="163"/>
       <c r="U43" s="163"/>
       <c r="V43" s="148"/>
       <c r="W43" s="180"/>
       <c r="X43" s="156"/>
     </row>
-    <row r="44" spans="1:24">
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="167"/>
       <c r="T44" s="167"/>
       <c r="U44" s="167"/>
       <c r="V44" s="35"/>
       <c r="W44" s="180"/>
       <c r="X44" s="156"/>
     </row>
-    <row r="45" spans="1:24">
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
@@ -29751,219 +29754,219 @@
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="R45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="S45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="T45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="U45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="V45" s="173"/>
       <c r="W45" s="180"/>
       <c r="X45" s="156"/>
     </row>
-    <row r="46" spans="1:24">
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="161"/>
       <c r="S46" s="161"/>
       <c r="T46" s="161"/>
       <c r="U46" s="161"/>
       <c r="V46" s="149"/>
       <c r="W46" s="180"/>
       <c r="X46" s="156"/>
     </row>
-    <row r="47" spans="1:24">
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="161"/>
       <c r="T47" s="161"/>
       <c r="U47" s="161"/>
       <c r="V47" s="149"/>
       <c r="W47" s="180"/>
       <c r="X47" s="156"/>
     </row>
-    <row r="48" spans="1:24">
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="163"/>
       <c r="S48" s="163"/>
       <c r="T48" s="163"/>
       <c r="U48" s="163"/>
       <c r="V48" s="148"/>
       <c r="W48" s="180"/>
       <c r="X48" s="156"/>
     </row>
-    <row r="49" spans="1:24">
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="163"/>
       <c r="T49" s="163"/>
       <c r="U49" s="163"/>
       <c r="V49" s="148"/>
       <c r="W49" s="180"/>
       <c r="X49" s="156"/>
     </row>
-    <row r="50" spans="1:24">
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="163"/>
       <c r="T50" s="163"/>
       <c r="U50" s="163"/>
       <c r="V50" s="148"/>
       <c r="W50" s="180"/>
       <c r="X50" s="156"/>
     </row>
-    <row r="51" spans="1:24">
+    <row r="51" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="163"/>
       <c r="T51" s="163"/>
       <c r="U51" s="163"/>
       <c r="V51" s="148"/>
       <c r="W51" s="180"/>
       <c r="X51" s="156"/>
     </row>
-    <row r="52" spans="1:24">
+    <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
@@ -29982,109 +29985,109 @@
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="126">
         <v>0</v>
       </c>
       <c r="S52" s="126">
         <v>0</v>
       </c>
       <c r="T52" s="126">
         <v>0</v>
       </c>
       <c r="U52" s="126">
         <v>0</v>
       </c>
       <c r="V52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="W52" s="180"/>
       <c r="X52" s="156"/>
     </row>
-    <row r="53" spans="1:24">
+    <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="123"/>
       <c r="S53" s="123"/>
       <c r="T53" s="123"/>
       <c r="U53" s="123"/>
       <c r="V53" s="122"/>
       <c r="W53" s="180"/>
     </row>
-    <row r="54" spans="1:24">
+    <row r="54" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="123"/>
       <c r="T54" s="123"/>
       <c r="U54" s="123"/>
       <c r="V54" s="122"/>
       <c r="W54" s="180"/>
     </row>
-    <row r="55" spans="1:24" ht="12" customHeight="1">
+    <row r="55" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
@@ -30100,55 +30103,55 @@
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="157">
         <v>0.5</v>
       </c>
       <c r="S55" s="157">
         <v>0.5</v>
       </c>
       <c r="T55" s="157">
         <v>0.5</v>
       </c>
       <c r="U55" s="157">
         <v>0.5</v>
       </c>
       <c r="V55" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="W55" s="180"/>
     </row>
-    <row r="56" spans="1:24">
+    <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
@@ -30165,243 +30168,243 @@
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="125">
         <v>0.26</v>
       </c>
       <c r="S56" s="125">
         <v>0.26</v>
       </c>
       <c r="T56" s="125">
         <v>0.26</v>
       </c>
       <c r="U56" s="125">
         <v>0.26</v>
       </c>
       <c r="V56" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="W56" s="180"/>
     </row>
-    <row r="57" spans="1:24">
+    <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="51"/>
       <c r="T57" s="51"/>
       <c r="U57" s="51"/>
       <c r="V57" s="51"/>
       <c r="W57" s="185"/>
     </row>
-    <row r="59" spans="1:24" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:W1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup scale="98" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="X14" sqref="X14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="16" width="8.140625" hidden="1" customWidth="1"/>
     <col min="17" max="20" width="8.140625" customWidth="1"/>
     <col min="21" max="21" width="8.5703125" customWidth="1"/>
     <col min="22" max="22" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="2.42578125" customWidth="1"/>
     <col min="24" max="24" width="8.5703125" customWidth="1"/>
     <col min="25" max="26" width="7.5703125" customWidth="1"/>
     <col min="27" max="27" width="1.5703125" customWidth="1"/>
     <col min="28" max="28" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="7.5703125" customWidth="1"/>
     <col min="31" max="31" width="8.5703125" customWidth="1"/>
     <col min="32" max="32" width="7.5703125" customWidth="1"/>
     <col min="33" max="33" width="12.140625" customWidth="1"/>
     <col min="34" max="37" width="7.5703125" customWidth="1"/>
     <col min="38" max="38" width="1.5703125" customWidth="1"/>
     <col min="39" max="39" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="40" max="43" width="7.5703125" customWidth="1"/>
     <col min="44" max="44" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:45" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="209"/>
       <c r="U1" s="209"/>
       <c r="V1" s="209"/>
       <c r="W1" s="210"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
       <c r="AQ1" s="130"/>
       <c r="AR1" s="130"/>
       <c r="AS1" s="130"/>
     </row>
-    <row r="2" spans="1:45">
+    <row r="2" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="W2" s="129"/>
     </row>
-    <row r="3" spans="1:45">
+    <row r="3" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="52"/>
       <c r="V3" s="52"/>
       <c r="W3" s="180"/>
     </row>
-    <row r="4" spans="1:45">
+    <row r="4" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="176"/>
       <c r="U4" s="176"/>
       <c r="V4" s="176"/>
       <c r="W4" s="180"/>
     </row>
-    <row r="5" spans="1:45">
+    <row r="5" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
@@ -30417,58 +30420,58 @@
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="1">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2015</v>
       </c>
       <c r="R5" s="177">
         <v>2016</v>
       </c>
       <c r="S5" s="177">
         <v>2017</v>
       </c>
       <c r="T5" s="177">
         <v>2018</v>
       </c>
       <c r="U5" s="177">
         <v>2019</v>
       </c>
       <c r="V5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="W5" s="180"/>
     </row>
-    <row r="6" spans="1:45">
+    <row r="6" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
@@ -30484,59 +30487,59 @@
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.35899999999999999</v>
       </c>
       <c r="R6" s="186">
         <v>0.39200000000000002</v>
       </c>
       <c r="S6" s="186">
         <v>0.59599999999999997</v>
       </c>
       <c r="T6" s="186">
         <v>0.53200000000000003</v>
       </c>
       <c r="U6" s="186">
         <v>0.45800000000000002</v>
       </c>
       <c r="V6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="W6" s="180"/>
       <c r="X6" s="156"/>
     </row>
-    <row r="7" spans="1:45">
+    <row r="7" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
@@ -30552,59 +30555,59 @@
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.32100000000000001</v>
       </c>
       <c r="R7" s="186">
         <v>0.37</v>
       </c>
       <c r="S7" s="186">
         <v>0.55800000000000005</v>
       </c>
       <c r="T7" s="186">
         <v>0.49199999999999999</v>
       </c>
       <c r="U7" s="186">
         <v>0.42699999999999999</v>
       </c>
       <c r="V7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="W7" s="180"/>
       <c r="X7" s="156"/>
     </row>
-    <row r="8" spans="1:45">
+    <row r="8" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
@@ -30620,140 +30623,140 @@
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.13600000000000001</v>
       </c>
       <c r="R8" s="118">
         <v>0.16300000000000001</v>
       </c>
       <c r="S8" s="118">
         <v>0.33500000000000002</v>
       </c>
       <c r="T8" s="118">
         <v>0.27200000000000002</v>
       </c>
       <c r="U8" s="118">
         <v>0.19700000000000001</v>
       </c>
       <c r="V8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="W8" s="183"/>
       <c r="X8" s="156"/>
     </row>
-    <row r="9" spans="1:45">
+    <row r="9" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="161"/>
       <c r="T9" s="161"/>
       <c r="U9" s="161"/>
       <c r="V9" s="148"/>
       <c r="W9" s="180"/>
       <c r="X9" s="156"/>
     </row>
-    <row r="10" spans="1:45">
+    <row r="10" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="161"/>
       <c r="T10" s="161"/>
       <c r="U10" s="161"/>
       <c r="V10" s="171"/>
       <c r="W10" s="180"/>
       <c r="X10" s="156"/>
     </row>
-    <row r="11" spans="1:45">
+    <row r="11" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="161"/>
       <c r="I11" s="97"/>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="161"/>
       <c r="M11" s="161"/>
       <c r="N11" s="161"/>
       <c r="O11" s="161"/>
       <c r="P11" s="161"/>
       <c r="Q11" s="161"/>
       <c r="R11" s="161"/>
       <c r="S11" s="161"/>
       <c r="T11" s="161"/>
       <c r="U11" s="161"/>
       <c r="V11" s="171"/>
       <c r="W11" s="180"/>
       <c r="X11" s="156"/>
     </row>
-    <row r="12" spans="1:45">
+    <row r="12" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.115</v>
       </c>
       <c r="F12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H12" s="162">
         <v>0.19</v>
       </c>
       <c r="I12" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -30772,115 +30775,115 @@
       <c r="N12" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q12" s="194">
         <v>0.218</v>
       </c>
       <c r="R12" s="194">
         <v>0.21299999999999999</v>
       </c>
       <c r="S12" s="194">
         <v>0.215</v>
       </c>
       <c r="T12" s="194">
         <v>0.23300000000000001</v>
       </c>
       <c r="U12" s="194">
         <v>0.252</v>
       </c>
       <c r="V12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="W12" s="180"/>
       <c r="X12" s="156"/>
     </row>
-    <row r="13" spans="1:45">
+    <row r="13" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="163"/>
       <c r="T13" s="163"/>
       <c r="U13" s="163"/>
       <c r="V13" s="148"/>
       <c r="W13" s="180"/>
       <c r="X13" s="156"/>
     </row>
-    <row r="14" spans="1:45">
+    <row r="14" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="163"/>
       <c r="I14" s="175"/>
       <c r="J14" s="163"/>
       <c r="K14" s="163"/>
       <c r="L14" s="163"/>
       <c r="M14" s="163"/>
       <c r="N14" s="163"/>
       <c r="O14" s="163"/>
       <c r="P14" s="163"/>
       <c r="Q14" s="163"/>
       <c r="R14" s="163"/>
       <c r="S14" s="163"/>
       <c r="T14" s="163"/>
       <c r="U14" s="163"/>
       <c r="V14" s="148"/>
       <c r="W14" s="180"/>
       <c r="X14" s="156"/>
     </row>
-    <row r="15" spans="1:45">
+    <row r="15" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F15" s="113">
         <v>0.223</v>
       </c>
       <c r="G15" s="113">
         <v>0.186</v>
       </c>
       <c r="H15" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I15" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J15" s="126">
         <v>0.161</v>
       </c>
@@ -30896,141 +30899,141 @@
       <c r="N15" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O15" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P15" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q15" s="126">
         <v>0.188</v>
       </c>
       <c r="R15" s="126">
         <v>0.253</v>
       </c>
       <c r="S15" s="126">
         <v>0.35199999999999998</v>
       </c>
       <c r="T15" s="126">
         <v>0.318</v>
       </c>
       <c r="U15" s="126">
         <v>0.25</v>
       </c>
       <c r="V15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="W15" s="180"/>
       <c r="X15" s="156"/>
     </row>
-    <row r="16" spans="1:45">
+    <row r="16" spans="1:45" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="161"/>
       <c r="T16" s="161"/>
       <c r="U16" s="161"/>
       <c r="V16" s="149"/>
       <c r="W16" s="180"/>
       <c r="X16" s="156"/>
     </row>
-    <row r="17" spans="1:24">
+    <row r="17" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="35"/>
       <c r="T17" s="35"/>
       <c r="U17" s="35"/>
       <c r="V17" s="35"/>
       <c r="W17" s="180"/>
       <c r="X17" s="156"/>
     </row>
-    <row r="18" spans="1:24">
+    <row r="18" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35"/>
       <c r="T18" s="35"/>
       <c r="U18" s="35"/>
       <c r="V18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="W18" s="180"/>
       <c r="X18" s="156"/>
     </row>
-    <row r="19" spans="1:24">
+    <row r="19" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
@@ -31046,59 +31049,59 @@
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.19700000000000001</v>
       </c>
       <c r="R19" s="115">
         <v>0.16200000000000001</v>
       </c>
       <c r="S19" s="115">
         <v>0.40500000000000003</v>
       </c>
       <c r="T19" s="115">
         <v>0.36599999999999999</v>
       </c>
       <c r="U19" s="115">
         <v>0.25800000000000001</v>
       </c>
       <c r="V19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="W19" s="180"/>
       <c r="X19" s="156"/>
     </row>
-    <row r="20" spans="1:24">
+    <row r="20" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
@@ -31114,745 +31117,745 @@
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.55700000000000005</v>
       </c>
       <c r="R20" s="115">
         <v>0.56599999999999995</v>
       </c>
       <c r="S20" s="115">
         <v>0.79400000000000004</v>
       </c>
       <c r="T20" s="115">
         <v>0.73499999999999999</v>
       </c>
       <c r="U20" s="115">
         <v>0.73099999999999998</v>
       </c>
       <c r="V20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="W20" s="180"/>
       <c r="X20" s="156"/>
     </row>
-    <row r="21" spans="1:24">
+    <row r="21" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="187"/>
       <c r="S21" s="187"/>
       <c r="T21" s="187"/>
       <c r="U21" s="187"/>
       <c r="V21" s="174"/>
       <c r="W21" s="180"/>
       <c r="X21" s="156"/>
     </row>
-    <row r="22" spans="1:24">
+    <row r="22" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="163"/>
       <c r="S22" s="163"/>
       <c r="T22" s="163"/>
       <c r="U22" s="163"/>
       <c r="V22" s="148"/>
       <c r="W22" s="180"/>
       <c r="X22" s="156"/>
     </row>
-    <row r="23" spans="1:24">
+    <row r="23" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="163"/>
       <c r="T23" s="163"/>
       <c r="U23" s="163"/>
       <c r="V23" s="148"/>
       <c r="W23" s="180"/>
       <c r="X23" s="156"/>
     </row>
-    <row r="24" spans="1:24">
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="163"/>
       <c r="T24" s="163"/>
       <c r="U24" s="163"/>
       <c r="V24" s="148"/>
       <c r="W24" s="180"/>
       <c r="X24" s="156"/>
     </row>
-    <row r="25" spans="1:24">
+    <row r="25" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="167"/>
       <c r="S25" s="167"/>
       <c r="T25" s="167"/>
       <c r="U25" s="167"/>
       <c r="V25" s="148"/>
       <c r="W25" s="180"/>
       <c r="X25" s="156"/>
     </row>
-    <row r="26" spans="1:24">
+    <row r="26" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="167"/>
       <c r="T26" s="167"/>
       <c r="U26" s="167"/>
       <c r="V26" s="148"/>
       <c r="W26" s="180"/>
       <c r="X26" s="156"/>
     </row>
-    <row r="27" spans="1:24">
+    <row r="27" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="163"/>
       <c r="S27" s="163"/>
       <c r="T27" s="163"/>
       <c r="U27" s="163"/>
       <c r="V27" s="148"/>
       <c r="W27" s="180"/>
       <c r="X27" s="156"/>
     </row>
-    <row r="28" spans="1:24">
+    <row r="28" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="163"/>
       <c r="T28" s="163"/>
       <c r="U28" s="163"/>
       <c r="V28" s="148"/>
       <c r="W28" s="180"/>
       <c r="X28" s="156"/>
     </row>
-    <row r="29" spans="1:24">
+    <row r="29" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="163"/>
       <c r="T29" s="163"/>
       <c r="U29" s="163"/>
       <c r="V29" s="148"/>
       <c r="W29" s="180"/>
       <c r="X29" s="156"/>
     </row>
-    <row r="30" spans="1:24">
+    <row r="30" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="163"/>
       <c r="T30" s="163"/>
       <c r="U30" s="163"/>
       <c r="V30" s="148"/>
       <c r="W30" s="180"/>
       <c r="X30" s="156"/>
     </row>
-    <row r="31" spans="1:24">
+    <row r="31" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="163"/>
       <c r="T31" s="163"/>
       <c r="U31" s="163"/>
       <c r="V31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="W31" s="180"/>
       <c r="X31" s="156"/>
     </row>
-    <row r="32" spans="1:24">
+    <row r="32" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="163"/>
       <c r="T32" s="163"/>
       <c r="U32" s="163"/>
       <c r="V32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="W32" s="180"/>
       <c r="X32" s="156"/>
     </row>
-    <row r="33" spans="1:24">
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="163"/>
       <c r="T33" s="163"/>
       <c r="U33" s="163"/>
       <c r="V33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="W33" s="180"/>
       <c r="X33" s="156"/>
     </row>
-    <row r="34" spans="1:24">
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="163"/>
       <c r="T34" s="163"/>
       <c r="U34" s="163"/>
       <c r="V34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="W34" s="180"/>
       <c r="X34" s="156"/>
     </row>
-    <row r="35" spans="1:24">
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="163"/>
       <c r="T35" s="163"/>
       <c r="U35" s="163"/>
       <c r="V35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="W35" s="180"/>
       <c r="X35" s="156"/>
     </row>
-    <row r="36" spans="1:24">
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="163"/>
       <c r="T36" s="163"/>
       <c r="U36" s="163"/>
       <c r="V36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="W36" s="180"/>
       <c r="X36" s="156"/>
     </row>
-    <row r="37" spans="1:24">
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="163"/>
       <c r="T37" s="163"/>
       <c r="U37" s="163"/>
       <c r="V37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="W37" s="180"/>
       <c r="X37" s="156"/>
     </row>
-    <row r="38" spans="1:24">
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="163"/>
       <c r="T38" s="163"/>
       <c r="U38" s="163"/>
       <c r="V38" s="148"/>
       <c r="W38" s="180"/>
       <c r="X38" s="156"/>
     </row>
-    <row r="39" spans="1:24">
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="163"/>
       <c r="T39" s="163"/>
       <c r="U39" s="163"/>
       <c r="V39" s="148"/>
       <c r="W39" s="180"/>
       <c r="X39" s="156"/>
     </row>
-    <row r="40" spans="1:24">
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="163"/>
       <c r="T40" s="163"/>
       <c r="U40" s="163"/>
       <c r="V40" s="148"/>
       <c r="W40" s="180"/>
       <c r="X40" s="156"/>
     </row>
-    <row r="41" spans="1:24">
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="163"/>
       <c r="T41" s="163"/>
       <c r="U41" s="163"/>
       <c r="V41" s="148"/>
       <c r="W41" s="180"/>
       <c r="X41" s="156"/>
     </row>
-    <row r="42" spans="1:24">
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="163"/>
       <c r="T42" s="163"/>
       <c r="U42" s="163"/>
       <c r="V42" s="148"/>
       <c r="W42" s="180"/>
       <c r="X42" s="156"/>
     </row>
-    <row r="43" spans="1:24">
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="163"/>
       <c r="T43" s="163"/>
       <c r="U43" s="163"/>
       <c r="V43" s="148"/>
       <c r="W43" s="180"/>
       <c r="X43" s="156"/>
     </row>
-    <row r="44" spans="1:24">
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="167"/>
       <c r="T44" s="167"/>
       <c r="U44" s="167"/>
       <c r="V44" s="35"/>
       <c r="W44" s="180"/>
       <c r="X44" s="156"/>
     </row>
-    <row r="45" spans="1:24">
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
@@ -31867,219 +31870,219 @@
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="S45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="T45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="U45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="V45" s="173"/>
       <c r="W45" s="180"/>
       <c r="X45" s="156"/>
     </row>
-    <row r="46" spans="1:24">
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="161"/>
       <c r="S46" s="161"/>
       <c r="T46" s="161"/>
       <c r="U46" s="161"/>
       <c r="V46" s="149"/>
       <c r="W46" s="180"/>
       <c r="X46" s="156"/>
     </row>
-    <row r="47" spans="1:24">
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="161"/>
       <c r="T47" s="161"/>
       <c r="U47" s="161"/>
       <c r="V47" s="149"/>
       <c r="W47" s="180"/>
       <c r="X47" s="156"/>
     </row>
-    <row r="48" spans="1:24">
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="163"/>
       <c r="S48" s="163"/>
       <c r="T48" s="163"/>
       <c r="U48" s="163"/>
       <c r="V48" s="148"/>
       <c r="W48" s="180"/>
       <c r="X48" s="156"/>
     </row>
-    <row r="49" spans="1:24">
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="163"/>
       <c r="T49" s="163"/>
       <c r="U49" s="163"/>
       <c r="V49" s="148"/>
       <c r="W49" s="180"/>
       <c r="X49" s="156"/>
     </row>
-    <row r="50" spans="1:24">
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="163"/>
       <c r="T50" s="163"/>
       <c r="U50" s="163"/>
       <c r="V50" s="148"/>
       <c r="W50" s="180"/>
       <c r="X50" s="156"/>
     </row>
-    <row r="51" spans="1:24">
+    <row r="51" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="163"/>
       <c r="T51" s="163"/>
       <c r="U51" s="163"/>
       <c r="V51" s="148"/>
       <c r="W51" s="180"/>
       <c r="X51" s="156"/>
     </row>
-    <row r="52" spans="1:24">
+    <row r="52" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
@@ -32098,109 +32101,109 @@
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="126">
         <v>0</v>
       </c>
       <c r="S52" s="126">
         <v>0</v>
       </c>
       <c r="T52" s="126">
         <v>0</v>
       </c>
       <c r="U52" s="126">
         <v>0</v>
       </c>
       <c r="V52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="W52" s="180"/>
       <c r="X52" s="156"/>
     </row>
-    <row r="53" spans="1:24">
+    <row r="53" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="123"/>
       <c r="S53" s="123"/>
       <c r="T53" s="123"/>
       <c r="U53" s="123"/>
       <c r="V53" s="122"/>
       <c r="W53" s="180"/>
     </row>
-    <row r="54" spans="1:24">
+    <row r="54" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="123"/>
       <c r="T54" s="123"/>
       <c r="U54" s="123"/>
       <c r="V54" s="122"/>
       <c r="W54" s="180"/>
     </row>
-    <row r="55" spans="1:24" ht="12" customHeight="1">
+    <row r="55" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
@@ -32216,55 +32219,55 @@
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="157">
         <v>0.5</v>
       </c>
       <c r="S55" s="157">
         <v>0.5</v>
       </c>
       <c r="T55" s="157">
         <v>0.5</v>
       </c>
       <c r="U55" s="157">
         <v>0.5</v>
       </c>
       <c r="V55" s="195" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="W55" s="180"/>
     </row>
-    <row r="56" spans="1:24">
+    <row r="56" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
@@ -32281,239 +32284,239 @@
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="125">
         <v>0.26</v>
       </c>
       <c r="S56" s="125">
         <v>0.26</v>
       </c>
       <c r="T56" s="125">
         <v>0.26</v>
       </c>
       <c r="U56" s="125">
         <v>0.26</v>
       </c>
       <c r="V56" s="196" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="W56" s="180"/>
     </row>
-    <row r="57" spans="1:24">
+    <row r="57" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="51"/>
       <c r="T57" s="51"/>
       <c r="U57" s="51"/>
       <c r="V57" s="51"/>
       <c r="W57" s="185"/>
     </row>
-    <row r="59" spans="1:24" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:W1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S27" sqref="S27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.140625" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" hidden="1" customWidth="1"/>
     <col min="5" max="15" width="8.140625" hidden="1" customWidth="1"/>
     <col min="16" max="20" width="8.140625" customWidth="1"/>
     <col min="21" max="21" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="2.42578125" customWidth="1"/>
     <col min="23" max="23" width="8.5703125" customWidth="1"/>
     <col min="24" max="25" width="7.5703125" customWidth="1"/>
     <col min="26" max="26" width="1.5703125" customWidth="1"/>
     <col min="27" max="27" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="7.5703125" customWidth="1"/>
     <col min="30" max="30" width="8.5703125" customWidth="1"/>
     <col min="31" max="31" width="7.5703125" customWidth="1"/>
     <col min="32" max="32" width="12.140625" customWidth="1"/>
     <col min="33" max="36" width="7.5703125" customWidth="1"/>
     <col min="37" max="37" width="1.5703125" customWidth="1"/>
     <col min="38" max="38" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="39" max="42" width="7.5703125" customWidth="1"/>
     <col min="43" max="43" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="44" max="44" width="1.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:44" ht="45.75" customHeight="1" thickBot="1">
+    <row r="1" spans="1:44" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="208" t="s">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="B1" s="209"/>
       <c r="C1" s="209"/>
       <c r="D1" s="209"/>
       <c r="E1" s="209"/>
       <c r="F1" s="209"/>
       <c r="G1" s="209"/>
       <c r="H1" s="209"/>
       <c r="I1" s="209"/>
       <c r="J1" s="209"/>
       <c r="K1" s="209"/>
       <c r="L1" s="209"/>
       <c r="M1" s="209"/>
       <c r="N1" s="209"/>
       <c r="O1" s="209"/>
       <c r="P1" s="209"/>
       <c r="Q1" s="209"/>
       <c r="R1" s="209"/>
       <c r="S1" s="209"/>
       <c r="T1" s="209"/>
       <c r="U1" s="209"/>
       <c r="V1" s="210"/>
       <c r="W1" s="130"/>
       <c r="X1" s="130"/>
       <c r="Y1" s="130"/>
       <c r="Z1" s="130"/>
       <c r="AA1" s="130"/>
       <c r="AB1" s="130"/>
       <c r="AC1" s="130"/>
       <c r="AD1" s="130"/>
       <c r="AE1" s="130"/>
       <c r="AF1" s="130"/>
       <c r="AG1" s="130"/>
       <c r="AH1" s="130"/>
       <c r="AI1" s="130"/>
       <c r="AJ1" s="130"/>
       <c r="AK1" s="130"/>
       <c r="AL1" s="130"/>
       <c r="AM1" s="130"/>
       <c r="AN1" s="130"/>
       <c r="AO1" s="130"/>
       <c r="AP1" s="130"/>
       <c r="AQ1" s="130"/>
       <c r="AR1" s="130"/>
     </row>
-    <row r="2" spans="1:44">
+    <row r="2" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A2" s="178"/>
       <c r="V2" s="129"/>
     </row>
-    <row r="3" spans="1:44">
+    <row r="3" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A3" s="179"/>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
       <c r="M3" s="52"/>
       <c r="N3" s="52"/>
       <c r="O3" s="52"/>
       <c r="P3" s="52"/>
       <c r="Q3" s="52"/>
       <c r="R3" s="52"/>
       <c r="S3" s="52"/>
       <c r="T3" s="52"/>
       <c r="U3" s="52"/>
       <c r="V3" s="180"/>
     </row>
-    <row r="4" spans="1:44">
+    <row r="4" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A4" s="181"/>
       <c r="B4" s="71" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="C4" s="49" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="158"/>
       <c r="H4" s="2"/>
       <c r="I4" s="176"/>
       <c r="J4" s="176"/>
       <c r="K4" s="176"/>
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="176"/>
       <c r="U4" s="176"/>
       <c r="V4" s="180"/>
     </row>
-    <row r="5" spans="1:44">
+    <row r="5" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A5" s="181"/>
       <c r="B5" s="72" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="C5" s="1">
         <v>1998</v>
       </c>
       <c r="D5" s="1">
         <v>1999</v>
       </c>
       <c r="E5" s="1">
         <v>2001</v>
       </c>
       <c r="F5" s="1">
         <v>2004</v>
       </c>
       <c r="G5" s="150">
         <v>2005</v>
       </c>
       <c r="H5" s="1">
         <v>2006</v>
       </c>
       <c r="I5" s="1">
         <v>2007</v>
       </c>
       <c r="J5" s="177">
         <v>2008</v>
       </c>
@@ -32526,58 +32529,58 @@
       <c r="M5" s="177">
         <v>2011</v>
       </c>
       <c r="N5" s="177">
         <v>2012</v>
       </c>
       <c r="O5" s="177">
         <v>2013</v>
       </c>
       <c r="P5" s="1">
         <v>2014</v>
       </c>
       <c r="Q5" s="177">
         <v>2015</v>
       </c>
       <c r="R5" s="177">
         <v>2016</v>
       </c>
       <c r="S5" s="177">
         <v>2017</v>
       </c>
       <c r="T5" s="177">
         <v>2018</v>
       </c>
       <c r="U5" s="177" t="s">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="V5" s="180"/>
     </row>
-    <row r="6" spans="1:44">
+    <row r="6" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A6" s="182"/>
       <c r="B6" s="73" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="C6" s="100">
         <v>0.26300000000000001</v>
       </c>
       <c r="D6" s="101">
         <v>0.22189999999999999</v>
       </c>
       <c r="E6" s="102">
         <v>0.27200000000000002</v>
       </c>
       <c r="F6" s="102">
         <v>0.38500000000000001</v>
       </c>
       <c r="G6" s="151">
         <v>0.32500000000000001</v>
       </c>
       <c r="H6" s="125">
         <v>0.40600000000000003</v>
       </c>
       <c r="I6" s="125">
         <v>0.42699999999999999</v>
       </c>
       <c r="J6" s="186">
         <v>0.33600000000000002</v>
       </c>
@@ -32590,59 +32593,59 @@
       <c r="M6" s="186">
         <v>0.54100000000000004</v>
       </c>
       <c r="N6" s="186">
         <v>0.51</v>
       </c>
       <c r="O6" s="186">
         <v>0.64600000000000002</v>
       </c>
       <c r="P6" s="186">
         <v>0.57399999999999995</v>
       </c>
       <c r="Q6" s="186">
         <v>0.35899999999999999</v>
       </c>
       <c r="R6" s="186">
         <v>0.39200000000000002</v>
       </c>
       <c r="S6" s="186">
         <v>0.59599999999999997</v>
       </c>
       <c r="T6" s="186">
         <v>0.53200000000000003</v>
       </c>
       <c r="U6" s="169" t="s">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="V6" s="180"/>
       <c r="W6" s="156"/>
     </row>
-    <row r="7" spans="1:44">
+    <row r="7" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A7" s="182"/>
       <c r="B7" s="74" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="C7" s="103">
         <v>0.23899999999999999</v>
       </c>
       <c r="D7" s="101">
         <v>0.19750000000000001</v>
       </c>
       <c r="E7" s="104">
         <v>0.27</v>
       </c>
       <c r="F7" s="104">
         <v>0.38200000000000001</v>
       </c>
       <c r="G7" s="152">
         <v>0.32400000000000001</v>
       </c>
       <c r="H7" s="125">
         <v>0.34899999999999998</v>
       </c>
       <c r="I7" s="125">
         <v>0.35499999999999998</v>
       </c>
       <c r="J7" s="186">
         <v>0.29899999999999999</v>
       </c>
@@ -32655,59 +32658,59 @@
       <c r="M7" s="186">
         <v>0.496</v>
       </c>
       <c r="N7" s="186">
         <v>0.46899999999999997</v>
       </c>
       <c r="O7" s="186">
         <v>0.60699999999999998</v>
       </c>
       <c r="P7" s="186">
         <v>0.53300000000000003</v>
       </c>
       <c r="Q7" s="186">
         <v>0.32100000000000001</v>
       </c>
       <c r="R7" s="186">
         <v>0.37</v>
       </c>
       <c r="S7" s="186">
         <v>0.55800000000000005</v>
       </c>
       <c r="T7" s="186">
         <v>0.49199999999999999</v>
       </c>
       <c r="U7" s="169" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="V7" s="180"/>
       <c r="W7" s="156"/>
     </row>
-    <row r="8" spans="1:44">
+    <row r="8" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A8" s="182"/>
       <c r="B8" s="74" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C8" s="105">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D8" s="106">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="E8" s="107">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F8" s="107">
         <v>0.16200000000000001</v>
       </c>
       <c r="G8" s="153">
         <v>0.109</v>
       </c>
       <c r="H8" s="159">
         <v>0.128</v>
       </c>
       <c r="I8" s="159">
         <v>0.129</v>
       </c>
       <c r="J8" s="118">
         <v>0.106</v>
       </c>
@@ -32720,137 +32723,137 @@
       <c r="M8" s="118">
         <v>0.245</v>
       </c>
       <c r="N8" s="118">
         <v>0.216</v>
       </c>
       <c r="O8" s="118">
         <v>0.35399999999999998</v>
       </c>
       <c r="P8" s="118">
         <v>0.30399999999999999</v>
       </c>
       <c r="Q8" s="118">
         <v>0.13600000000000001</v>
       </c>
       <c r="R8" s="118">
         <v>0.16300000000000001</v>
       </c>
       <c r="S8" s="118">
         <v>0.33500000000000002</v>
       </c>
       <c r="T8" s="118">
         <v>0.27200000000000002</v>
       </c>
       <c r="U8" s="170" t="s">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="V8" s="183"/>
       <c r="W8" s="156"/>
     </row>
-    <row r="9" spans="1:44">
+    <row r="9" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="76" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C9" s="111"/>
       <c r="D9" s="112"/>
       <c r="E9" s="113"/>
       <c r="F9" s="113"/>
       <c r="G9" s="113"/>
       <c r="H9" s="160"/>
       <c r="I9" s="97"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="161"/>
       <c r="O9" s="161"/>
       <c r="P9" s="161"/>
       <c r="Q9" s="161"/>
       <c r="R9" s="161"/>
       <c r="S9" s="161"/>
       <c r="T9" s="161"/>
       <c r="U9" s="148"/>
       <c r="V9" s="180"/>
       <c r="W9" s="156"/>
     </row>
-    <row r="10" spans="1:44">
+    <row r="10" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A10" s="182"/>
       <c r="B10" s="76">
         <v>5192</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="24"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="161"/>
       <c r="I10" s="97"/>
       <c r="J10" s="161"/>
       <c r="K10" s="161"/>
       <c r="L10" s="161"/>
       <c r="M10" s="161"/>
       <c r="N10" s="161"/>
       <c r="O10" s="161"/>
       <c r="P10" s="161"/>
       <c r="Q10" s="161"/>
       <c r="R10" s="161"/>
       <c r="S10" s="161"/>
       <c r="T10" s="161"/>
       <c r="U10" s="171"/>
       <c r="V10" s="180"/>
       <c r="W10" s="156"/>
     </row>
-    <row r="11" spans="1:44">
+    <row r="11" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A11" s="182"/>
       <c r="B11" s="76">
         <v>5194</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="24"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="161"/>
       <c r="I11" s="97"/>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="161"/>
       <c r="M11" s="161"/>
       <c r="N11" s="161"/>
       <c r="O11" s="161"/>
       <c r="P11" s="161"/>
       <c r="Q11" s="161"/>
       <c r="R11" s="161"/>
       <c r="S11" s="161"/>
       <c r="T11" s="161"/>
       <c r="U11" s="171"/>
       <c r="V11" s="180"/>
       <c r="W11" s="156"/>
     </row>
-    <row r="12" spans="1:44">
+    <row r="12" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A12" s="182"/>
       <c r="B12" s="73">
         <v>5494</v>
       </c>
       <c r="C12" s="107">
         <v>0.14000000000000001</v>
       </c>
       <c r="D12" s="106">
         <v>0.15840000000000001</v>
       </c>
       <c r="E12" s="107">
         <v>0.115</v>
       </c>
       <c r="F12" s="107">
         <v>0.22500000000000001</v>
       </c>
       <c r="G12" s="107">
         <v>0.17699999999999999</v>
       </c>
       <c r="H12" s="162">
         <v>0.19</v>
       </c>
       <c r="I12" s="117">
         <v>0.23899999999999999</v>
       </c>
@@ -32866,113 +32869,113 @@
       <c r="M12" s="115">
         <v>0.22600000000000001</v>
       </c>
       <c r="N12" s="194">
         <v>0.22600000000000001</v>
       </c>
       <c r="O12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="P12" s="194">
         <v>0.23400000000000001</v>
       </c>
       <c r="Q12" s="194">
         <v>0.218</v>
       </c>
       <c r="R12" s="194">
         <v>0.21299999999999999</v>
       </c>
       <c r="S12" s="194">
         <v>0.215</v>
       </c>
       <c r="T12" s="194">
         <v>0.23300000000000001</v>
       </c>
       <c r="U12" s="172" t="s">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="V12" s="180"/>
       <c r="W12" s="156"/>
     </row>
-    <row r="13" spans="1:44">
+    <row r="13" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A13" s="182"/>
       <c r="B13" s="76" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C13" s="111"/>
       <c r="D13" s="112"/>
       <c r="E13" s="113"/>
       <c r="F13" s="113"/>
       <c r="G13" s="113"/>
       <c r="H13" s="163"/>
       <c r="I13" s="175"/>
       <c r="J13" s="163"/>
       <c r="K13" s="163"/>
       <c r="L13" s="163"/>
       <c r="M13" s="163"/>
       <c r="N13" s="163"/>
       <c r="O13" s="163"/>
       <c r="P13" s="163"/>
       <c r="Q13" s="163"/>
       <c r="R13" s="163"/>
       <c r="S13" s="163"/>
       <c r="T13" s="163"/>
       <c r="U13" s="148"/>
       <c r="V13" s="180"/>
       <c r="W13" s="156"/>
     </row>
-    <row r="14" spans="1:44">
+    <row r="14" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A14" s="182"/>
       <c r="B14" s="76" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="C14" s="111"/>
       <c r="D14" s="112"/>
       <c r="E14" s="113"/>
       <c r="F14" s="113"/>
       <c r="G14" s="113"/>
       <c r="H14" s="163"/>
       <c r="I14" s="175"/>
       <c r="J14" s="163"/>
       <c r="K14" s="163"/>
       <c r="L14" s="163"/>
       <c r="M14" s="163"/>
       <c r="N14" s="163"/>
       <c r="O14" s="163"/>
       <c r="P14" s="163"/>
       <c r="Q14" s="163"/>
       <c r="R14" s="163"/>
       <c r="S14" s="163"/>
       <c r="T14" s="163"/>
       <c r="U14" s="148"/>
       <c r="V14" s="180"/>
       <c r="W14" s="156"/>
     </row>
-    <row r="15" spans="1:44">
+    <row r="15" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="73" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="C15" s="100">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="D15" s="114">
         <v>9.3600000000000003E-2</v>
       </c>
       <c r="E15" s="113">
         <v>4.8000000000000001E-2</v>
       </c>
       <c r="F15" s="113">
         <v>0.223</v>
       </c>
       <c r="G15" s="113">
         <v>0.186</v>
       </c>
       <c r="H15" s="163">
         <v>0.16800000000000001</v>
       </c>
       <c r="I15" s="127">
         <v>0.16800000000000001</v>
       </c>
       <c r="J15" s="126">
         <v>0.161</v>
       </c>
@@ -32985,138 +32988,138 @@
       <c r="M15" s="126">
         <v>0.29799999999999999</v>
       </c>
       <c r="N15" s="126">
         <v>0.27200000000000002</v>
       </c>
       <c r="O15" s="126">
         <v>0.40200000000000002</v>
       </c>
       <c r="P15" s="126">
         <v>0.35599999999999998</v>
       </c>
       <c r="Q15" s="126">
         <v>0.188</v>
       </c>
       <c r="R15" s="126">
         <v>0.253</v>
       </c>
       <c r="S15" s="126">
         <v>0.35199999999999998</v>
       </c>
       <c r="T15" s="126">
         <v>0.318</v>
       </c>
       <c r="U15" s="173" t="s">
-        <v>53</v>
+        <v>139</v>
       </c>
       <c r="V15" s="180"/>
       <c r="W15" s="156"/>
     </row>
-    <row r="16" spans="1:44">
+    <row r="16" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A16" s="182"/>
       <c r="B16" s="75">
         <v>5350</v>
       </c>
       <c r="C16" s="35"/>
       <c r="D16" s="81"/>
       <c r="E16" s="97"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="161"/>
       <c r="K16" s="161"/>
       <c r="L16" s="161"/>
       <c r="M16" s="161"/>
       <c r="N16" s="161"/>
       <c r="O16" s="161"/>
       <c r="P16" s="161"/>
       <c r="Q16" s="161"/>
       <c r="R16" s="161"/>
       <c r="S16" s="161"/>
       <c r="T16" s="161"/>
       <c r="U16" s="149"/>
       <c r="V16" s="180"/>
       <c r="W16" s="156"/>
     </row>
-    <row r="17" spans="1:23">
+    <row r="17" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A17" s="182"/>
       <c r="B17" s="76" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="C17" s="188"/>
       <c r="D17" s="189"/>
       <c r="G17" s="154"/>
       <c r="H17" s="35"/>
       <c r="I17" s="154"/>
       <c r="J17" s="35"/>
       <c r="K17" s="35"/>
       <c r="L17" s="35"/>
       <c r="M17" s="35"/>
       <c r="N17" s="35"/>
       <c r="O17" s="35"/>
       <c r="P17" s="35"/>
       <c r="Q17" s="35"/>
       <c r="R17" s="35"/>
       <c r="S17" s="35"/>
       <c r="T17" s="35"/>
       <c r="U17" s="35"/>
       <c r="V17" s="180"/>
       <c r="W17" s="156"/>
     </row>
-    <row r="18" spans="1:23">
+    <row r="18" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A18" s="182"/>
       <c r="B18" s="76" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C18" s="188"/>
       <c r="D18" s="189"/>
       <c r="G18" s="154"/>
       <c r="H18" s="35"/>
       <c r="I18" s="154"/>
       <c r="J18" s="35"/>
       <c r="K18" s="35"/>
       <c r="L18" s="35"/>
       <c r="M18" s="35"/>
       <c r="N18" s="35"/>
       <c r="O18" s="35"/>
       <c r="P18" s="35"/>
       <c r="Q18" s="35"/>
       <c r="R18" s="35"/>
       <c r="S18" s="35"/>
       <c r="T18" s="35"/>
       <c r="U18" s="35" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="V18" s="180"/>
       <c r="W18" s="156"/>
     </row>
-    <row r="19" spans="1:23">
+    <row r="19" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A19" s="182"/>
       <c r="B19" s="76" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="C19" s="115">
         <v>0.14399999999999999</v>
       </c>
       <c r="D19" s="116">
         <v>0.1389</v>
       </c>
       <c r="E19" s="117">
         <v>0.14699999999999999</v>
       </c>
       <c r="F19" s="117">
         <v>0.22500000000000001</v>
       </c>
       <c r="G19" s="117">
         <v>0.17100000000000001</v>
       </c>
       <c r="H19" s="117">
         <v>0.187</v>
       </c>
       <c r="I19" s="117">
         <v>0.19</v>
       </c>
       <c r="J19" s="115">
         <v>0.16800000000000001</v>
       </c>
@@ -33129,59 +33132,59 @@
       <c r="M19" s="115">
         <v>0.308</v>
       </c>
       <c r="N19" s="115">
         <v>0.27900000000000003</v>
       </c>
       <c r="O19" s="115">
         <v>0.40899999999999997</v>
       </c>
       <c r="P19" s="115">
         <v>0.36699999999999999</v>
       </c>
       <c r="Q19" s="115">
         <v>0.19700000000000001</v>
       </c>
       <c r="R19" s="115">
         <v>0.16200000000000001</v>
       </c>
       <c r="S19" s="115">
         <v>0.40500000000000003</v>
       </c>
       <c r="T19" s="115">
         <v>0.36599999999999999</v>
       </c>
       <c r="U19" s="193" t="s">
-        <v>56</v>
+        <v>151</v>
       </c>
       <c r="V19" s="180"/>
       <c r="W19" s="156"/>
     </row>
-    <row r="20" spans="1:23">
+    <row r="20" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A20" s="182"/>
       <c r="B20" s="74" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="C20" s="118">
         <v>0.42399999999999999</v>
       </c>
       <c r="D20" s="119">
         <v>0.35920000000000002</v>
       </c>
       <c r="E20" s="117">
         <v>0.42899999999999999</v>
       </c>
       <c r="F20" s="117">
         <v>0.61899999999999999</v>
       </c>
       <c r="G20" s="117">
         <v>0.59399999999999997</v>
       </c>
       <c r="H20" s="117">
         <v>0.495</v>
       </c>
       <c r="I20" s="117">
         <v>0.43</v>
       </c>
       <c r="J20" s="115">
         <v>0.42</v>
       </c>
@@ -33194,721 +33197,721 @@
       <c r="M20" s="115">
         <v>0.70099999999999996</v>
       </c>
       <c r="N20" s="115">
         <v>0.69499999999999995</v>
       </c>
       <c r="O20" s="115">
         <v>0.84099999999999997</v>
       </c>
       <c r="P20" s="115">
         <v>0.76800000000000002</v>
       </c>
       <c r="Q20" s="115">
         <v>0.55700000000000005</v>
       </c>
       <c r="R20" s="115">
         <v>0.56599999999999995</v>
       </c>
       <c r="S20" s="115">
         <v>0.79400000000000004</v>
       </c>
       <c r="T20" s="115">
         <v>0.73499999999999999</v>
       </c>
       <c r="U20" s="170" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="V20" s="180"/>
       <c r="W20" s="156"/>
     </row>
-    <row r="21" spans="1:23">
+    <row r="21" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="76" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C21" s="111"/>
       <c r="D21" s="112"/>
       <c r="E21" s="113"/>
       <c r="F21" s="113"/>
       <c r="G21" s="113"/>
       <c r="H21" s="164"/>
       <c r="I21" s="157"/>
       <c r="J21" s="187"/>
       <c r="K21" s="187"/>
       <c r="L21" s="187"/>
       <c r="M21" s="187"/>
       <c r="N21" s="187"/>
       <c r="O21" s="187"/>
       <c r="P21" s="187"/>
       <c r="Q21" s="187"/>
       <c r="R21" s="187"/>
       <c r="S21" s="187"/>
       <c r="T21" s="187"/>
       <c r="U21" s="174"/>
       <c r="V21" s="180"/>
       <c r="W21" s="156"/>
     </row>
-    <row r="22" spans="1:23">
+    <row r="22" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A22" s="182"/>
       <c r="B22" s="76" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="C22" s="111"/>
       <c r="D22" s="112"/>
       <c r="E22" s="113"/>
       <c r="F22" s="113"/>
       <c r="G22" s="113"/>
       <c r="H22" s="165"/>
       <c r="I22" s="175"/>
       <c r="J22" s="163"/>
       <c r="K22" s="163"/>
       <c r="L22" s="163"/>
       <c r="M22" s="163"/>
       <c r="N22" s="163"/>
       <c r="O22" s="163"/>
       <c r="P22" s="163"/>
       <c r="Q22" s="163"/>
       <c r="R22" s="163"/>
       <c r="S22" s="163"/>
       <c r="T22" s="163"/>
       <c r="U22" s="148"/>
       <c r="V22" s="180"/>
       <c r="W22" s="156"/>
     </row>
-    <row r="23" spans="1:23">
+    <row r="23" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A23" s="182"/>
       <c r="B23" s="76" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C23" s="111"/>
       <c r="D23" s="112"/>
       <c r="E23" s="113"/>
       <c r="F23" s="113"/>
       <c r="G23" s="113"/>
       <c r="H23" s="165"/>
       <c r="I23" s="175"/>
       <c r="J23" s="163"/>
       <c r="K23" s="163"/>
       <c r="L23" s="163"/>
       <c r="M23" s="163"/>
       <c r="N23" s="163"/>
       <c r="O23" s="163"/>
       <c r="P23" s="163"/>
       <c r="Q23" s="163"/>
       <c r="R23" s="163"/>
       <c r="S23" s="163"/>
       <c r="T23" s="163"/>
       <c r="U23" s="148"/>
       <c r="V23" s="180"/>
       <c r="W23" s="156"/>
     </row>
-    <row r="24" spans="1:23">
+    <row r="24" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A24" s="182"/>
       <c r="B24" s="76" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="C24" s="111"/>
       <c r="D24" s="112"/>
       <c r="E24" s="113"/>
       <c r="F24" s="113"/>
       <c r="G24" s="113"/>
       <c r="H24" s="165"/>
       <c r="I24" s="175"/>
       <c r="J24" s="163"/>
       <c r="K24" s="163"/>
       <c r="L24" s="163"/>
       <c r="M24" s="163"/>
       <c r="N24" s="163"/>
       <c r="O24" s="163"/>
       <c r="P24" s="163"/>
       <c r="Q24" s="163"/>
       <c r="R24" s="163"/>
       <c r="S24" s="163"/>
       <c r="T24" s="163"/>
       <c r="U24" s="148"/>
       <c r="V24" s="180"/>
       <c r="W24" s="156"/>
     </row>
-    <row r="25" spans="1:23">
+    <row r="25" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A25" s="182"/>
       <c r="B25" s="76" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="C25" s="111"/>
       <c r="D25" s="112"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="166"/>
       <c r="I25" s="144"/>
       <c r="J25" s="167"/>
       <c r="K25" s="167"/>
       <c r="L25" s="167"/>
       <c r="M25" s="167"/>
       <c r="N25" s="167"/>
       <c r="O25" s="167"/>
       <c r="P25" s="167"/>
       <c r="Q25" s="167"/>
       <c r="R25" s="167"/>
       <c r="S25" s="167"/>
       <c r="T25" s="167"/>
       <c r="U25" s="148"/>
       <c r="V25" s="180"/>
       <c r="W25" s="156"/>
     </row>
-    <row r="26" spans="1:23">
+    <row r="26" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A26" s="182"/>
       <c r="B26" s="76" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C26" s="111"/>
       <c r="D26" s="112"/>
       <c r="E26" s="113"/>
       <c r="F26" s="113"/>
       <c r="G26" s="113"/>
       <c r="H26" s="166"/>
       <c r="I26" s="144"/>
       <c r="J26" s="167"/>
       <c r="K26" s="167"/>
       <c r="L26" s="167"/>
       <c r="M26" s="167"/>
       <c r="N26" s="167"/>
       <c r="O26" s="167"/>
       <c r="P26" s="167"/>
       <c r="Q26" s="167"/>
       <c r="R26" s="167"/>
       <c r="S26" s="167"/>
       <c r="T26" s="167"/>
       <c r="U26" s="148"/>
       <c r="V26" s="180"/>
       <c r="W26" s="156"/>
     </row>
-    <row r="27" spans="1:23">
+    <row r="27" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A27" s="182"/>
       <c r="B27" s="76">
         <v>5190</v>
       </c>
       <c r="C27" s="111"/>
       <c r="D27" s="112"/>
       <c r="E27" s="113"/>
       <c r="F27" s="113"/>
       <c r="G27" s="113"/>
       <c r="H27" s="165"/>
       <c r="I27" s="175"/>
       <c r="J27" s="163"/>
       <c r="K27" s="163"/>
       <c r="L27" s="163"/>
       <c r="M27" s="163"/>
       <c r="N27" s="163"/>
       <c r="O27" s="163"/>
       <c r="P27" s="163"/>
       <c r="Q27" s="163"/>
       <c r="R27" s="163"/>
       <c r="S27" s="163"/>
       <c r="T27" s="163"/>
       <c r="U27" s="148"/>
       <c r="V27" s="180"/>
       <c r="W27" s="156"/>
     </row>
-    <row r="28" spans="1:23">
+    <row r="28" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A28" s="182"/>
       <c r="B28" s="76" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="113"/>
       <c r="H28" s="163"/>
       <c r="I28" s="175"/>
       <c r="J28" s="163"/>
       <c r="K28" s="163"/>
       <c r="L28" s="163"/>
       <c r="M28" s="163"/>
       <c r="N28" s="163"/>
       <c r="O28" s="163"/>
       <c r="P28" s="163"/>
       <c r="Q28" s="163"/>
       <c r="R28" s="163"/>
       <c r="S28" s="163"/>
       <c r="T28" s="163"/>
       <c r="U28" s="148"/>
       <c r="V28" s="180"/>
       <c r="W28" s="156"/>
     </row>
-    <row r="29" spans="1:23">
+    <row r="29" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A29" s="182"/>
       <c r="B29" s="76" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C29" s="111"/>
       <c r="D29" s="112"/>
       <c r="E29" s="113"/>
       <c r="F29" s="113"/>
       <c r="G29" s="113"/>
       <c r="H29" s="163"/>
       <c r="I29" s="175"/>
       <c r="J29" s="163"/>
       <c r="K29" s="163"/>
       <c r="L29" s="163"/>
       <c r="M29" s="163"/>
       <c r="N29" s="163"/>
       <c r="O29" s="163"/>
       <c r="P29" s="163"/>
       <c r="Q29" s="163"/>
       <c r="R29" s="163"/>
       <c r="S29" s="163"/>
       <c r="T29" s="163"/>
       <c r="U29" s="148"/>
       <c r="V29" s="180"/>
       <c r="W29" s="156"/>
     </row>
-    <row r="30" spans="1:23">
+    <row r="30" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A30" s="182"/>
       <c r="B30" s="76" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C30" s="111"/>
       <c r="D30" s="112"/>
       <c r="E30" s="113"/>
       <c r="F30" s="113"/>
       <c r="G30" s="113"/>
       <c r="H30" s="163"/>
       <c r="I30" s="175"/>
       <c r="J30" s="163"/>
       <c r="K30" s="163"/>
       <c r="L30" s="163"/>
       <c r="M30" s="163"/>
       <c r="N30" s="163"/>
       <c r="O30" s="163"/>
       <c r="P30" s="163"/>
       <c r="Q30" s="163"/>
       <c r="R30" s="163"/>
       <c r="S30" s="163"/>
       <c r="T30" s="163"/>
       <c r="U30" s="148"/>
       <c r="V30" s="180"/>
       <c r="W30" s="156"/>
     </row>
-    <row r="31" spans="1:23">
+    <row r="31" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A31" s="182"/>
       <c r="B31" s="76">
         <v>5450</v>
       </c>
       <c r="C31" s="111"/>
       <c r="D31" s="112"/>
       <c r="E31" s="113"/>
       <c r="F31" s="113"/>
       <c r="G31" s="113"/>
       <c r="H31" s="163"/>
       <c r="I31" s="175"/>
       <c r="J31" s="163"/>
       <c r="K31" s="163"/>
       <c r="L31" s="163"/>
       <c r="M31" s="163"/>
       <c r="N31" s="163"/>
       <c r="O31" s="163"/>
       <c r="P31" s="163"/>
       <c r="Q31" s="163"/>
       <c r="R31" s="163"/>
       <c r="S31" s="163"/>
       <c r="T31" s="163"/>
       <c r="U31" s="148" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="V31" s="180"/>
       <c r="W31" s="156"/>
     </row>
-    <row r="32" spans="1:23">
+    <row r="32" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A32" s="182"/>
       <c r="B32" s="76" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="C32" s="111"/>
       <c r="D32" s="112"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="163"/>
       <c r="I32" s="175"/>
       <c r="J32" s="163"/>
       <c r="K32" s="163"/>
       <c r="L32" s="163"/>
       <c r="M32" s="163"/>
       <c r="N32" s="163"/>
       <c r="O32" s="163"/>
       <c r="P32" s="163"/>
       <c r="Q32" s="163"/>
       <c r="R32" s="163"/>
       <c r="S32" s="163"/>
       <c r="T32" s="163"/>
       <c r="U32" s="148" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="V32" s="180"/>
       <c r="W32" s="156"/>
     </row>
-    <row r="33" spans="1:23">
+    <row r="33" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A33" s="182"/>
       <c r="B33" s="76" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="C33" s="111"/>
       <c r="D33" s="112"/>
       <c r="E33" s="113"/>
       <c r="F33" s="113"/>
       <c r="G33" s="113"/>
       <c r="H33" s="163"/>
       <c r="I33" s="175"/>
       <c r="J33" s="163"/>
       <c r="K33" s="163"/>
       <c r="L33" s="163"/>
       <c r="M33" s="163"/>
       <c r="N33" s="163"/>
       <c r="O33" s="163"/>
       <c r="P33" s="163"/>
       <c r="Q33" s="163"/>
       <c r="R33" s="163"/>
       <c r="S33" s="163"/>
       <c r="T33" s="163"/>
       <c r="U33" s="148" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="V33" s="180"/>
       <c r="W33" s="156"/>
     </row>
-    <row r="34" spans="1:23">
+    <row r="34" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A34" s="182"/>
       <c r="B34" s="76">
         <v>5512</v>
       </c>
       <c r="C34" s="111"/>
       <c r="D34" s="112"/>
       <c r="E34" s="113"/>
       <c r="F34" s="113"/>
       <c r="G34" s="113"/>
       <c r="H34" s="163"/>
       <c r="I34" s="175"/>
       <c r="J34" s="163"/>
       <c r="K34" s="163"/>
       <c r="L34" s="163"/>
       <c r="M34" s="163"/>
       <c r="N34" s="163"/>
       <c r="O34" s="163"/>
       <c r="P34" s="163"/>
       <c r="Q34" s="163"/>
       <c r="R34" s="163"/>
       <c r="S34" s="163"/>
       <c r="T34" s="163"/>
       <c r="U34" s="148" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="V34" s="180"/>
       <c r="W34" s="156"/>
     </row>
-    <row r="35" spans="1:23">
+    <row r="35" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A35" s="182"/>
       <c r="B35" s="76">
         <v>5572</v>
       </c>
       <c r="C35" s="111"/>
       <c r="D35" s="112"/>
       <c r="E35" s="113"/>
       <c r="F35" s="113"/>
       <c r="G35" s="113"/>
       <c r="H35" s="163"/>
       <c r="I35" s="175"/>
       <c r="J35" s="163"/>
       <c r="K35" s="163"/>
       <c r="L35" s="163"/>
       <c r="M35" s="163"/>
       <c r="N35" s="163"/>
       <c r="O35" s="163"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="163"/>
       <c r="R35" s="163"/>
       <c r="S35" s="163"/>
       <c r="T35" s="163"/>
       <c r="U35" s="148" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="V35" s="180"/>
       <c r="W35" s="156"/>
     </row>
-    <row r="36" spans="1:23">
+    <row r="36" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A36" s="182"/>
       <c r="B36" s="76">
         <v>5577</v>
       </c>
       <c r="C36" s="111"/>
       <c r="D36" s="112"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="163"/>
       <c r="I36" s="175"/>
       <c r="J36" s="163"/>
       <c r="K36" s="163"/>
       <c r="L36" s="163"/>
       <c r="M36" s="163"/>
       <c r="N36" s="163"/>
       <c r="O36" s="163"/>
       <c r="P36" s="163"/>
       <c r="Q36" s="163"/>
       <c r="R36" s="163"/>
       <c r="S36" s="163"/>
       <c r="T36" s="163"/>
       <c r="U36" s="35" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="V36" s="180"/>
       <c r="W36" s="156"/>
     </row>
-    <row r="37" spans="1:23">
+    <row r="37" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A37" s="182"/>
       <c r="B37" s="76">
         <v>5602</v>
       </c>
       <c r="C37" s="111"/>
       <c r="D37" s="112"/>
       <c r="E37" s="113"/>
       <c r="F37" s="113"/>
       <c r="G37" s="113"/>
       <c r="H37" s="163"/>
       <c r="I37" s="175"/>
       <c r="J37" s="163"/>
       <c r="K37" s="163"/>
       <c r="L37" s="163"/>
       <c r="M37" s="163"/>
       <c r="N37" s="163"/>
       <c r="O37" s="163"/>
       <c r="P37" s="163"/>
       <c r="Q37" s="163"/>
       <c r="R37" s="163"/>
       <c r="S37" s="163"/>
       <c r="T37" s="163"/>
       <c r="U37" s="148" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="V37" s="180"/>
       <c r="W37" s="156"/>
     </row>
-    <row r="38" spans="1:23">
+    <row r="38" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A38" s="182"/>
       <c r="B38" s="76">
         <v>5612</v>
       </c>
       <c r="C38" s="111"/>
       <c r="D38" s="112"/>
       <c r="E38" s="113"/>
       <c r="F38" s="113"/>
       <c r="G38" s="113"/>
       <c r="H38" s="163"/>
       <c r="I38" s="175"/>
       <c r="J38" s="163"/>
       <c r="K38" s="163"/>
       <c r="L38" s="163"/>
       <c r="M38" s="163"/>
       <c r="N38" s="163"/>
       <c r="O38" s="163"/>
       <c r="P38" s="163"/>
       <c r="Q38" s="163"/>
       <c r="R38" s="163"/>
       <c r="S38" s="163"/>
       <c r="T38" s="163"/>
       <c r="U38" s="148"/>
       <c r="V38" s="180"/>
       <c r="W38" s="156"/>
     </row>
-    <row r="39" spans="1:23">
+    <row r="39" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A39" s="182"/>
       <c r="B39" s="76">
         <v>5672</v>
       </c>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="113"/>
       <c r="F39" s="113"/>
       <c r="G39" s="113"/>
       <c r="H39" s="163"/>
       <c r="I39" s="175"/>
       <c r="J39" s="163"/>
       <c r="K39" s="163"/>
       <c r="L39" s="163"/>
       <c r="M39" s="163"/>
       <c r="N39" s="163"/>
       <c r="O39" s="163"/>
       <c r="P39" s="163"/>
       <c r="Q39" s="163"/>
       <c r="R39" s="163"/>
       <c r="S39" s="163"/>
       <c r="T39" s="163"/>
       <c r="U39" s="148"/>
       <c r="V39" s="180"/>
       <c r="W39" s="156"/>
     </row>
-    <row r="40" spans="1:23">
+    <row r="40" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A40" s="182"/>
       <c r="B40" s="76">
         <v>5677</v>
       </c>
       <c r="C40" s="111"/>
       <c r="D40" s="112"/>
       <c r="E40" s="113"/>
       <c r="F40" s="113"/>
       <c r="G40" s="113"/>
       <c r="H40" s="163"/>
       <c r="I40" s="175"/>
       <c r="J40" s="163"/>
       <c r="K40" s="163"/>
       <c r="L40" s="163"/>
       <c r="M40" s="163"/>
       <c r="N40" s="163"/>
       <c r="O40" s="163"/>
       <c r="P40" s="163"/>
       <c r="Q40" s="163"/>
       <c r="R40" s="163"/>
       <c r="S40" s="163"/>
       <c r="T40" s="163"/>
       <c r="U40" s="148"/>
       <c r="V40" s="180"/>
       <c r="W40" s="156"/>
     </row>
-    <row r="41" spans="1:23">
+    <row r="41" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A41" s="182"/>
       <c r="B41" s="76" t="s">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="C41" s="111"/>
       <c r="D41" s="112"/>
       <c r="E41" s="113"/>
       <c r="F41" s="113"/>
       <c r="G41" s="113"/>
       <c r="H41" s="163"/>
       <c r="I41" s="175"/>
       <c r="J41" s="163"/>
       <c r="K41" s="163"/>
       <c r="L41" s="163"/>
       <c r="M41" s="163"/>
       <c r="N41" s="163"/>
       <c r="O41" s="163"/>
       <c r="P41" s="163"/>
       <c r="Q41" s="163"/>
       <c r="R41" s="163"/>
       <c r="S41" s="163"/>
       <c r="T41" s="163"/>
       <c r="U41" s="148"/>
       <c r="V41" s="180"/>
       <c r="W41" s="156"/>
     </row>
-    <row r="42" spans="1:23">
+    <row r="42" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A42" s="182"/>
       <c r="B42" s="76" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="C42" s="111"/>
       <c r="D42" s="112"/>
       <c r="E42" s="113"/>
       <c r="F42" s="113"/>
       <c r="G42" s="113"/>
       <c r="H42" s="163"/>
       <c r="I42" s="175"/>
       <c r="J42" s="163"/>
       <c r="K42" s="163"/>
       <c r="L42" s="163"/>
       <c r="M42" s="163"/>
       <c r="N42" s="163"/>
       <c r="O42" s="163"/>
       <c r="P42" s="163"/>
       <c r="Q42" s="163"/>
       <c r="R42" s="163"/>
       <c r="S42" s="163"/>
       <c r="T42" s="163"/>
       <c r="U42" s="148"/>
       <c r="V42" s="180"/>
       <c r="W42" s="156"/>
     </row>
-    <row r="43" spans="1:23">
+    <row r="43" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A43" s="182"/>
       <c r="B43" s="76" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="C43" s="190"/>
       <c r="D43" s="191"/>
       <c r="E43" s="192"/>
       <c r="F43" s="192"/>
       <c r="G43" s="113"/>
       <c r="H43" s="163"/>
       <c r="I43" s="175"/>
       <c r="J43" s="163"/>
       <c r="K43" s="163"/>
       <c r="L43" s="163"/>
       <c r="M43" s="163"/>
       <c r="N43" s="163"/>
       <c r="O43" s="163"/>
       <c r="P43" s="163"/>
       <c r="Q43" s="163"/>
       <c r="R43" s="163"/>
       <c r="S43" s="163"/>
       <c r="T43" s="163"/>
       <c r="U43" s="148"/>
       <c r="V43" s="180"/>
       <c r="W43" s="156"/>
     </row>
-    <row r="44" spans="1:23">
+    <row r="44" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A44" s="182"/>
       <c r="B44" s="76">
         <v>5760</v>
       </c>
       <c r="C44" s="145"/>
       <c r="D44" s="146"/>
       <c r="E44" s="147"/>
       <c r="F44" s="144"/>
       <c r="G44" s="144"/>
       <c r="H44" s="163"/>
       <c r="I44" s="144"/>
       <c r="J44" s="167"/>
       <c r="K44" s="167"/>
       <c r="L44" s="167"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
       <c r="O44" s="167"/>
       <c r="P44" s="167"/>
       <c r="Q44" s="167"/>
       <c r="R44" s="167"/>
       <c r="S44" s="167"/>
       <c r="T44" s="167"/>
       <c r="U44" s="35"/>
       <c r="V44" s="180"/>
       <c r="W44" s="156"/>
     </row>
-    <row r="45" spans="1:23">
+    <row r="45" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A45" s="182"/>
       <c r="B45" s="73" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="C45" s="115"/>
       <c r="D45" s="116"/>
       <c r="E45" s="104">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="F45" s="104">
         <v>7.8E-2</v>
       </c>
       <c r="G45" s="104">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="H45" s="168">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="I45" s="127">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="J45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="K45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="L45" s="126">
@@ -33920,215 +33923,215 @@
       <c r="N45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="O45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="P45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="Q45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="R45" s="126">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="S45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="T45" s="126">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="U45" s="173"/>
       <c r="V45" s="180"/>
       <c r="W45" s="156"/>
     </row>
-    <row r="46" spans="1:23">
+    <row r="46" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A46" s="182"/>
       <c r="B46" s="75">
         <v>5510</v>
       </c>
       <c r="C46" s="32"/>
       <c r="D46" s="24"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="161"/>
       <c r="J46" s="161"/>
       <c r="K46" s="161"/>
       <c r="L46" s="161"/>
       <c r="M46" s="161"/>
       <c r="N46" s="161"/>
       <c r="O46" s="161"/>
       <c r="P46" s="161"/>
       <c r="Q46" s="161"/>
       <c r="R46" s="161"/>
       <c r="S46" s="161"/>
       <c r="T46" s="161"/>
       <c r="U46" s="149" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="V46" s="180"/>
       <c r="W46" s="156"/>
     </row>
-    <row r="47" spans="1:23">
+    <row r="47" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A47" s="182"/>
       <c r="B47" s="76">
         <v>5570</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="24"/>
       <c r="E47" s="94"/>
       <c r="F47" s="94"/>
       <c r="G47" s="94"/>
       <c r="H47" s="94"/>
       <c r="I47" s="161"/>
       <c r="J47" s="161"/>
       <c r="K47" s="161"/>
       <c r="L47" s="161"/>
       <c r="M47" s="161"/>
       <c r="N47" s="161"/>
       <c r="O47" s="161"/>
       <c r="P47" s="161"/>
       <c r="Q47" s="161"/>
       <c r="R47" s="161"/>
       <c r="S47" s="161"/>
       <c r="T47" s="161"/>
       <c r="U47" s="149"/>
       <c r="V47" s="180"/>
       <c r="W47" s="156"/>
     </row>
-    <row r="48" spans="1:23">
+    <row r="48" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A48" s="182"/>
       <c r="B48" s="76">
         <v>5575</v>
       </c>
       <c r="C48" s="111"/>
       <c r="D48" s="112"/>
       <c r="E48" s="113"/>
       <c r="F48" s="113"/>
       <c r="G48" s="113"/>
       <c r="H48" s="113"/>
       <c r="I48" s="163"/>
       <c r="J48" s="163"/>
       <c r="K48" s="163"/>
       <c r="L48" s="163"/>
       <c r="M48" s="163"/>
       <c r="N48" s="163"/>
       <c r="O48" s="163"/>
       <c r="P48" s="163"/>
       <c r="Q48" s="163"/>
       <c r="R48" s="163"/>
       <c r="S48" s="163"/>
       <c r="T48" s="163"/>
       <c r="U48" s="148"/>
       <c r="V48" s="180"/>
       <c r="W48" s="156"/>
     </row>
-    <row r="49" spans="1:23">
+    <row r="49" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A49" s="182"/>
       <c r="B49" s="76">
         <v>5600</v>
       </c>
       <c r="C49" s="111"/>
       <c r="D49" s="112"/>
       <c r="E49" s="113"/>
       <c r="F49" s="113"/>
       <c r="G49" s="113"/>
       <c r="H49" s="113"/>
       <c r="I49" s="163"/>
       <c r="J49" s="163"/>
       <c r="K49" s="163"/>
       <c r="L49" s="163"/>
       <c r="M49" s="163"/>
       <c r="N49" s="163"/>
       <c r="O49" s="163"/>
       <c r="P49" s="163"/>
       <c r="Q49" s="163"/>
       <c r="R49" s="163"/>
       <c r="S49" s="163"/>
       <c r="T49" s="163"/>
       <c r="U49" s="148"/>
       <c r="V49" s="180"/>
       <c r="W49" s="156"/>
     </row>
-    <row r="50" spans="1:23">
+    <row r="50" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A50" s="182"/>
       <c r="B50" s="76">
         <v>5610</v>
       </c>
       <c r="C50" s="111"/>
       <c r="D50" s="112"/>
       <c r="E50" s="113"/>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="163"/>
       <c r="J50" s="163"/>
       <c r="K50" s="163"/>
       <c r="L50" s="163"/>
       <c r="M50" s="163"/>
       <c r="N50" s="163"/>
       <c r="O50" s="163"/>
       <c r="P50" s="163"/>
       <c r="Q50" s="163"/>
       <c r="R50" s="163"/>
       <c r="S50" s="163"/>
       <c r="T50" s="163"/>
       <c r="U50" s="148"/>
       <c r="V50" s="180"/>
       <c r="W50" s="156"/>
     </row>
-    <row r="51" spans="1:23">
+    <row r="51" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A51" s="182"/>
       <c r="B51" s="76">
         <v>5670</v>
       </c>
       <c r="C51" s="111"/>
       <c r="D51" s="112"/>
       <c r="E51" s="113"/>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="163"/>
       <c r="J51" s="163"/>
       <c r="K51" s="163"/>
       <c r="L51" s="163"/>
       <c r="M51" s="163"/>
       <c r="N51" s="163"/>
       <c r="O51" s="163"/>
       <c r="P51" s="163"/>
       <c r="Q51" s="163"/>
       <c r="R51" s="163"/>
       <c r="S51" s="163"/>
       <c r="T51" s="163"/>
       <c r="U51" s="148"/>
       <c r="V51" s="180"/>
       <c r="W51" s="156"/>
     </row>
-    <row r="52" spans="1:23">
+    <row r="52" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A52" s="182"/>
       <c r="B52" s="73">
         <v>5675</v>
       </c>
       <c r="C52" s="100">
         <v>0</v>
       </c>
       <c r="D52" s="120">
         <v>0</v>
       </c>
       <c r="E52" s="104">
         <v>0</v>
       </c>
       <c r="F52" s="104">
         <v>0</v>
       </c>
       <c r="G52" s="104">
         <v>0</v>
       </c>
       <c r="H52" s="104">
         <v>0</v>
       </c>
       <c r="I52" s="168">
         <v>0</v>
       </c>
@@ -34144,107 +34147,107 @@
       <c r="M52" s="126">
         <v>0</v>
       </c>
       <c r="N52" s="126">
         <v>0</v>
       </c>
       <c r="O52" s="126">
         <v>0</v>
       </c>
       <c r="P52" s="126">
         <v>0</v>
       </c>
       <c r="Q52" s="126">
         <v>0</v>
       </c>
       <c r="R52" s="126">
         <v>0</v>
       </c>
       <c r="S52" s="126">
         <v>0</v>
       </c>
       <c r="T52" s="126">
         <v>0</v>
       </c>
       <c r="U52" s="173" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="V52" s="180"/>
       <c r="W52" s="156"/>
     </row>
-    <row r="53" spans="1:23">
+    <row r="53" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A53" s="182"/>
       <c r="B53" s="68"/>
       <c r="C53" s="121"/>
       <c r="D53" s="122"/>
       <c r="E53" s="123"/>
       <c r="F53" s="123"/>
       <c r="G53" s="123"/>
       <c r="H53" s="123"/>
       <c r="I53" s="123"/>
       <c r="J53" s="123"/>
       <c r="K53" s="123"/>
       <c r="L53" s="123"/>
       <c r="M53" s="123"/>
       <c r="N53" s="123"/>
       <c r="O53" s="123"/>
       <c r="P53" s="123"/>
       <c r="Q53" s="123"/>
       <c r="R53" s="123"/>
       <c r="S53" s="123"/>
       <c r="T53" s="123"/>
       <c r="U53" s="122"/>
       <c r="V53" s="180"/>
     </row>
-    <row r="54" spans="1:23">
+    <row r="54" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A54" s="182"/>
       <c r="B54" s="52"/>
       <c r="C54" s="122"/>
       <c r="D54" s="122"/>
       <c r="E54" s="123"/>
       <c r="F54" s="123"/>
       <c r="G54" s="123"/>
       <c r="H54" s="123"/>
       <c r="I54" s="123"/>
       <c r="J54" s="123"/>
       <c r="K54" s="123"/>
       <c r="L54" s="123"/>
       <c r="M54" s="123"/>
       <c r="N54" s="123"/>
       <c r="O54" s="123"/>
       <c r="P54" s="123"/>
       <c r="Q54" s="123"/>
       <c r="R54" s="123"/>
       <c r="S54" s="123"/>
       <c r="T54" s="123"/>
       <c r="U54" s="122"/>
       <c r="V54" s="180"/>
     </row>
-    <row r="55" spans="1:23" ht="12" customHeight="1">
+    <row r="55" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="182"/>
       <c r="B55" s="75" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="C55" s="124">
         <v>0.48</v>
       </c>
       <c r="D55" s="125">
         <v>0.48</v>
       </c>
       <c r="E55" s="125">
         <v>0.48</v>
       </c>
       <c r="F55" s="125">
         <v>0.5</v>
       </c>
       <c r="G55" s="125">
         <v>0.5</v>
       </c>
       <c r="H55" s="125">
         <v>0.5</v>
       </c>
       <c r="I55" s="125">
         <v>0.5</v>
       </c>
       <c r="J55" s="157">
         <v>0.5</v>
       </c>
@@ -34257,55 +34260,55 @@
       <c r="M55" s="157">
         <v>0.5</v>
       </c>
       <c r="N55" s="157">
         <v>0.5</v>
       </c>
       <c r="O55" s="157">
         <v>0.5</v>
       </c>
       <c r="P55" s="157">
         <v>0.5</v>
       </c>
       <c r="Q55" s="157">
         <v>0.5</v>
       </c>
       <c r="R55" s="157">
         <v>0.5</v>
       </c>
       <c r="S55" s="157">
         <v>0.5</v>
       </c>
       <c r="T55" s="157">
         <v>0.5</v>
       </c>
       <c r="U55" s="131" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="V55" s="180"/>
     </row>
-    <row r="56" spans="1:23">
+    <row r="56" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A56" s="182"/>
       <c r="B56" s="77"/>
       <c r="C56" s="126">
         <v>0.22600000000000001</v>
       </c>
       <c r="D56" s="125">
         <v>0.22600000000000001</v>
       </c>
       <c r="E56" s="127">
         <v>0.22600000000000001</v>
       </c>
       <c r="F56" s="127">
         <v>0.26</v>
       </c>
       <c r="G56" s="127">
         <v>0.26</v>
       </c>
       <c r="H56" s="127">
         <v>0.26</v>
       </c>
       <c r="I56" s="125">
         <v>0.26</v>
       </c>
       <c r="J56" s="125">
         <v>0.26</v>
@@ -34319,91 +34322,174 @@
       <c r="M56" s="125">
         <v>0.26</v>
       </c>
       <c r="N56" s="125">
         <v>0.26</v>
       </c>
       <c r="O56" s="125">
         <v>0.26</v>
       </c>
       <c r="P56" s="125">
         <v>0.26</v>
       </c>
       <c r="Q56" s="125">
         <v>0.26</v>
       </c>
       <c r="R56" s="125">
         <v>0.26</v>
       </c>
       <c r="S56" s="125">
         <v>0.26</v>
       </c>
       <c r="T56" s="125">
         <v>0.26</v>
       </c>
       <c r="U56" s="155" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="V56" s="180"/>
     </row>
-    <row r="57" spans="1:23">
+    <row r="57" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A57" s="184"/>
       <c r="B57" s="51"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="L57" s="51"/>
       <c r="M57" s="51"/>
       <c r="N57" s="51"/>
       <c r="O57" s="51"/>
       <c r="P57" s="51"/>
       <c r="Q57" s="51"/>
       <c r="R57" s="51"/>
       <c r="S57" s="51"/>
       <c r="T57" s="51"/>
       <c r="U57" s="51"/>
       <c r="V57" s="185"/>
     </row>
-    <row r="59" spans="1:23" ht="16.5" customHeight="1"/>
+    <row r="59" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:V1"/>
   </mergeCells>
   <pageMargins left="0.74" right="0" top="0.25" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8S:\Res\fringe\&amp;F&amp;R&amp;8&amp;D at &amp;T</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
-  <Manager/>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>22</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="66" baseType="lpstr">
+      <vt:lpstr>BEN2026</vt:lpstr>
+      <vt:lpstr>BEN2025</vt:lpstr>
+      <vt:lpstr>BEN2024</vt:lpstr>
+      <vt:lpstr>BEN2023</vt:lpstr>
+      <vt:lpstr>BEN2022</vt:lpstr>
+      <vt:lpstr>BEN2021</vt:lpstr>
+      <vt:lpstr>BEN2020</vt:lpstr>
+      <vt:lpstr>BEN2019</vt:lpstr>
+      <vt:lpstr>BEN2018</vt:lpstr>
+      <vt:lpstr>FRGTBL2017</vt:lpstr>
+      <vt:lpstr>FRGTBL2016</vt:lpstr>
+      <vt:lpstr>FRGTBL2015</vt:lpstr>
+      <vt:lpstr>FRGTBL2014</vt:lpstr>
+      <vt:lpstr>FRGTBL2013</vt:lpstr>
+      <vt:lpstr>FRGTBL2012</vt:lpstr>
+      <vt:lpstr>FRGTBL2011</vt:lpstr>
+      <vt:lpstr>FRGTBL2010</vt:lpstr>
+      <vt:lpstr>FRGTBL2009</vt:lpstr>
+      <vt:lpstr>FRGTBL2008</vt:lpstr>
+      <vt:lpstr>FRGTBL2007</vt:lpstr>
+      <vt:lpstr>FRGTBL2005</vt:lpstr>
+      <vt:lpstr>FRGTBL96</vt:lpstr>
+      <vt:lpstr>'BEN2018'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2019'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2020'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2021'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2022'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2023'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2026'!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2005!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2007!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2008!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2009!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2010!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2011!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2012!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2013!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2014!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2015!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2016!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL2017!Print_Area</vt:lpstr>
+      <vt:lpstr>FRGTBL96!Print_Area</vt:lpstr>
+      <vt:lpstr>'BEN2018'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2019'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2020'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2021'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2022'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2023'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2024'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2025'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>'BEN2026'!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2005!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2007!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2008!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2009!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2010!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2011!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2012!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2013!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2014!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2015!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2016!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>FRGTBL2017!Print_Area_MI</vt:lpstr>
+      <vt:lpstr>Print_Area_MI</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Brigham Young University</Company>
-  <HyperlinkBase/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Brigham Young University</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>